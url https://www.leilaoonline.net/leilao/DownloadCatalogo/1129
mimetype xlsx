--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1723 +269,1511 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66057", "059")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66057", "veja o vídeo!! FORD; CORCEL LDD.; 1975/1975; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.950,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66055", "060")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66055", "veja o vídeo!! I/RENAULT; CLIO CAM 10H3P; 2011/2012; BEGE; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66003", "061")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66003", "I/KIA; SPORTAGE EX3 2.0G4; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64975", "062")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64975", "veja o vídeo!! FUSCA 1200; 1966/1966; VERDE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>13.350,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65768", "063")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65768", "VW; GOL GTS 1.8; 1990/1990; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>11.800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66014", "064")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66014", "veja o vídeo!! TOYOTA; ETIOS HB XS; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65767", "065")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65767", "veja o vídeo!!  I/FIAT; SIENA EL FLEX; 2012/2012; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>16.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65614", "066")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65614", "veja o vídeo!! I/HYUNDAI; SONATA GLS; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65560", "067")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65560", "veja o vídeo!! HONDA; HR-V EX CVT; 2016/2016; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65429", "068")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65429", "veja o vídeo!! I/AUDI A3 LM 180CV; 2013/2014; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>39.300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65769", "069")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65769", "veja o vídeo!! I/FORD; RANGER XL 13P; 2011/2012; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64974", "070")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64974", "veja o vídeo!! RENAULT; SANDERO SW1616VA; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65770", "071")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65770", "VW; FUSCA 1600; 1995/1995; VERDE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>14.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65771", "072")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65771", "veja o vídeo!! VW; FUSCA 1200; 1965/1965; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>8.650,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64973", "073")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64973", "veja o vídeo!! I; LEXUS LS 400 V8; 1998/1998; PRETO; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>17.650,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64971", "074")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64971", "veja o vídeo!! GM; MONZA SL/E; 1984/1984; VERDE; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>6.550,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64970", "075")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64970", "veja o vídeo!! TOYOTA; ETIOS HB X; 2016/2016; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>24.700,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64965", "076")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64965", "veja o vídeo!! FIAT; PALIO FIRE ECONOMY, 2011/2012; PRATA, ALCO. GASOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>12.700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64963", "077")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64963", " veja o vídeo!! I/FORD; FOCUS TI AT 2.0HC; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>36.750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64962", "078")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64962", "veja o vídeo!! FORD; ECOSPORT TIT AT 2.0; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64961", "079")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64961", "veja o vídeo - VW; PASSAT CC 3.6 FSI; 2009/2010; PRETA; GASOLINA - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65773", "080")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65773", "veja o vídeo!! I/ FORD; FOCUS 2L FC FLEX; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66013", "084")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66013", "FIAT; DUCA ESCOLAR FFBM25; 2010/2011; PRATA; DIESEL; COM 30 LUGARES - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>52.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66056", "085")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66056", "I/HONDA; CR-V EXL; 2009/2010; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64972", "086")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64972", "veja o vídeo!! I/CHEV; TRACKER PREMIER; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64969", "087")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64969", "veja o vídeo!! TOYOTA; HILLUX CD SRX A4 FD; 2016/2016; PRATA; DIESEL - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>125.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64959", "088")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64959", "HONDA; FIT EX CVT; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64958", "089")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64958", "TOYOTA; ETIOS SD X; 2014/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66078", "090")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66078", "I/VW; PASSAT VAR 2.0T FSI; 2008/2009; PRETA; GASOLINA; POSSUI 86.000KM- FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>14.600,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64953", "095")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64953", "veja o vídeo!! MERCEDES BENZ; A 160; 2003/2004; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64960", "097")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64960", "veja o vídeo - VW; SAVEIRO CS TL MB; 2014/2015; PRETA; ALCOL./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>25.450,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64967", "101")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64967", "veja o vídeo!! HONDA; FIT EX; 2008/2008; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>16.050,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64968", "102")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64968", "CORSA SEDAN 1.4 MAX; 2010/2010; FLEX, ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64952", "104")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64952", "FIAT; MOBI EASY; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>19.100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64942", "108")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64942", "FIAT; TORO VOLCANO AT D4; 2017/2017; VERMELHA; DIESEL - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64964", "110")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64964", "veja o vídeo!! VW; PARATI 16V; 1998/1999; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66079", "111")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66079", "HONDA; FIT EX; 2006/2007; DOURADA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...10 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64950", "113")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64950", "RENAULT; SANDERO EXPR 10; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64951", "114")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64951", "HONDA; FIT DX FLEX; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64947", "115")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64947", "HONDA; FIT EX FLEX; 2009/2009; CINZA; ALCO./GASOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>18.250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64954", "118")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64954", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. FROTA 807")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65777", "119")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65777", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL. - FROTA 630")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65774", "120")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65774", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65775", "124")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65775", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL. - FROTA 470")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64946", "125")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64946", "CHEVROLET; CRUZE LT NB; 2011/2012; PRATA; ALCO./GASOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64944", "126")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64944", "GM/ CORSA WIND; 1997/1997; VERMELHA; GASOL - TURBO - FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.350,01</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65776", "127")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65776", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA ; ALCO./GASOL.- FROTA 600")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64945", "129")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64945", "VW: GOL 1.0; 2003/2003; CINZA; GASOLINA; FUNCIONANDO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64966", "140")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64966", "RENAULT; LOGAN EXP 1016V; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>8.800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64943", "141")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64943", "VW; SANTANA; 2001/2001; BRANCA ALCOOL/GNV; FUNCIONANDO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64956", "151")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64956", "FORD; WILLIAM COURIER AMB; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64957", "152")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64957", "GM; S10 2.2 RONTAN AMB; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...1502 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65772", "400")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65772", "4 PNEUS; FURAÇÃO 5/205 ARO 14 COM 4 CALOTAS")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>