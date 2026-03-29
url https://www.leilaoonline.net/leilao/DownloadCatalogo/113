--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6558", "211")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6558", " HONDA; CITY LX FLEX; 2011/2012; CINZA;  ALCO./GASOLI.;")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>29.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6592", "215")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6592", "HONDA/ FIT LXL (AUTOMÁTICO), ANO/MOD 06/07, COR PRETA, COMB. GAS. - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6593", "220")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6593", "TOYOTA/ COROLLA XEI 1.8VVT, ANO/MOD 02/03, COR PRATA, COMB. GAS.- IPVA 2017 PAGO -")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.300,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6608", "230")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6608", "I/BMW X1 XDRIVE25I, 2015/2016, GASOLINA, CINZA, - IPVA 2017 PAGO     ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>129.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6618", "235")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6618", "I/JEEP WRANGLER UN SPORT, 2010/2010, VERDE")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6557", "243")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6557", "TOYOTA, COROLLA GLI FLEX, 2013/2014, ALCO./GASOL. PRATA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6559", "244")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6559", "FORD/FOCUS SE AUT. 2.0 H, ANO/MOD 13/14 - IPVA 2017 PAGO - ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6560", "249")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6560", "I/ HYUNDAI SONATA GLS, ANO/MOD 11/12, COR PRETA, COMB. GAS. - IPVA 2017 PAGO - ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6561", "251")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6561", "I/JAC J6 2.0 DIAMOND 7 LUGARES, ANO/MOD 11/12, COR PRATA, - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6653", "255")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6653", "I/ VW JETTA, ANO/MOD 07/07, GASOLINA, PRETA - IPVA 2017 PAGO - ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>21.150,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6654", "256")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6654", " HONDA; CR-V EXL, 2008/2008, GASOLINA, PRETA, ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6719", "257")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6719", "I; MMC AIRTREK MIVEC. ANO/MOD. 2006/2006, COMB. GASOLINA, COR PRATA,")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6724", "258")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6724", "MITSUBISHI OUTLANDER 2.4 16V, ANO/MOD 08/09 - IPVA 2017  PAGO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6725", "259")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6725", "FIAT/ STILO BLACKMOTION, AUT, ANO/MOD 09/10, IPVA 2017 PAGO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>15.350,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>