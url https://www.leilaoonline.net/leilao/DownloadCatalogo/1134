--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65524", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65524", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>199.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65525", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65525", "FORD F-1000 SS. Diesel. Ano 88/88.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65528", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65528", " CHEVROLET SONIC LT HB MT. ANO 2014.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65668", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65668", "VW/Kombi. Ano 2009/10, Bom estado. Funcionando.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66304", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66304", "GM/S-10 Colina S ano 11/11 Diesel")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>29.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65529", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65529", "CARROCERIA DE MADEIRA PARA D20 DUPLA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65526", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65526", " Reboque Ano 1995. Marca Lençois RRTC")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65527", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65527", "REBOQUE CARROCERIA FECHADA. ANO 1975. POSSUI CAMA, ARMÁRIO E PIA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66171", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66171", "[ VÍDEO ] CORCEL I ANO 1973 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...265 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>13.800,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65532", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65532", "Peugeot 206 Allure FX. Ano 2008.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65533", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65533", "Ford/ F350. Ano 1962. Relíquia. Remarcado.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65534", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65534", "Caminhão Ford/ Cargo 2425. Ano 2002/2002. Com carroceria de cana")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>