--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66744", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66744", "01 TANQUE PLASTICO, 5000 LITROS-  FABRICANTE ALPINA- LOC. SÃO BERNARDO DO CAMPO/ SP ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66745", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66745", "01 TANQUE PLASTICO, 5000 LITROS-  FABRICANTE ALPINA- LOC. SÃO BERNARDO DO CAMPO/ SP ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66746", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66746", "01- TANQUE PLASTICO 21000 LTS - FABRICANTE ALPINA - LOC. SÃO BERNARDO DO CAMPO/SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66747", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66747", "18 PÇAS, AR CONDICIONADO ELGIN SPLIT DIVERSOS CAP. EM BTU POR HORA - VEJA DESCRITIVO DE ITENS - LOC. SÃO BERNARDO DO CAMPO/ SP ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66748", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66748", "127 PÇAS - PLACAS PARA SISTEMA DE AQUECIMENTO SOLAR - LOC. SÃO BERNARDO DO CAMPO/ SP ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66058", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66058", "2 UNIDADES FORNO ESTUFA DE SECAGEM  FABRICANTE: SAVI  CAPACIDADE 100KG TEMPERATURA 400°C 220V 5000W")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66749", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66749", "01 TANQUE DE AÇO 3000 LTS - LOC. SÃO BERNARDO DO CAMPO / SP ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66750", "015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66750", "APROX. 5000 UNIDADES-ITEM NOVO, FLAP DISK  ,DISCO DE DESBASTE P40 115mm X 22,5mm- LOC. SÃO BERNARDO DO CAMPO/SP ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66751", "017")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66751", "6,5 TON. BARRA ROSCADA E PORCAS- DIVERSOS TAMANHOS - LOC. SÃO BERNARDO DO CAMPO / SP ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>13.400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66752", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66752", "APROX. 500 UNID. DE LENTES DE GÁS DE SOLDA 1/8 3.2MM - LOC. SÃO BERNARDO DO CAMPO /SP ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66059", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66059", "APROX. 4600 KG - ELETRODOS VARETAS DE SOLDA  MODELOS MISTOS BOHLER 2,5Ni BOHLER AÇO CARBONO EML5 ENTRE OUTROS MODELOS ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.550,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66060", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66060", "APROX.1100 PARES, CONECTOR DE BORRACHA PARA CABO DE SOLDA ITEM NOVO 500A MACHO E FÊMEA- LOC. SBC")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66061", "023")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66061", "APROX. 5080 MTS, BACKING CERÂMICO CILINDRICO TAMANHOS 10 E 15mm (MISTO) LOC. SBC")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66062", "024")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66062", "APROX. 500KG, ARAME PARA SOLDA BOHLER 1,2mm ITEM NOVO MODELOS (MISTO) BOHLER EMK 6D POLARIDADE CC+ 1,2mm  BOHLER EAS 4PW-FD-B  POLARIDADE CC+ 1,2mm - LOC. SBC")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66063", "025")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66063", "40 UNIDADES TOCHA TIG CONECTOR 13mm COM CABO 3,5m MODELOS E TAMANHOS PODEM VARIAR.- LOC. SBC")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66065", "026")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66065", " LOTE MISTO DE DIVERSOS  ACESSÓRIOS PARA TOCHA TIG - LOC. SBC")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66066", "027")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66066", "APROX. 300 MTS, MANGUEIRA DUPLA PARA OXIGÊNIO E ACETILENO 5/16" 300PSI- LOC. SBC")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66067", "029")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66067", "231 UNIDADES BORNE COM FUSIVEL, LOTE DE BORNES-ITEM NOVO - PASSAGEM 2,5mm 110 UNIDADES BORNE 2 EM 1 -LOC. SBC ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66069", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66069", "PRENSA CABO ALTA QUALIDADE - ITEM NOVO LATÃO NIQUELADO, COM SELO DE NYLON / AÇO INOX QUANTIDADES -  LOC. SBC")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66070", "031")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66070", "3X TIRFOR - TESTADO E FUNCIONANDO - ACOMPANHA CABOS 2X 3200KG 1X 1600KG - LOC. SBC")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66071", "032")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66071", "KIT MONTAGEM DE SERVIDORES, 3X RACKS, 120X PATCH CABLE TAMANHOS SORTIDOS (QTD APROX.) LOC. SBC")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66073", "033")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66073", "DIVERSOS LOTES DE MOVEIS DE  ESCRITORIO -  LOC. SBC")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66074", "035")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66074", "11 X MOLDES PARA SOLDA EXOTERMICA - LOC. SBC ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66075", "036")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66075", "6X VÁLVULA ESFERA EM SAF 2205 DUPLEX GRADE 4A - AMBIENTE OFFSHORE  FABRICANTE: VIRGO  ANO 2014- LOC. SBC")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...96 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66076", "037")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66076", "VÁLVULA ESFERA EM SAF 2205 DUPLEX GRADE 4A/F51 - AMBIENTE OFFSHORE  CORPO REDUZIDO - LOC. SUMARÉ / SP ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...557 lines deleted...]
-      </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66077", "038")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66077", "2X VÁLVULA ESFERA EM SAF 2205 DUPLEX GRADE 4A/F51 - AMBIENTE OFFSHORE CORPO REDUZIDO - LOC. SUMARÉ / SP ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.650,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>