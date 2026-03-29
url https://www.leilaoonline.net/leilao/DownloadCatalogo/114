--- v0 (2025-11-10)
+++ v1 (2026-03-29)
@@ -269,2459 +269,2155 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6615", "061")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6615", " GM/S10 2.4 S, ANO 2001, PLACA  CWZ3392, FR95150, COMB. ALCOOL, UND DOIS CÓRREGOS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6817", "538")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6817", "CASA DE FORÇA, VIDE DESCRITIVO DE ITEN, S/FR. UND IPAUSSU")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6610", "558")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6610", " COLHEDORA DE CANA CASE, ANO 2010, FR49527, IMOB. 243473, UND IPAUSSU")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6616", "559")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6616", " COLHEDORA DE CANA CASE, ANO 2010, FR62218, IMOB. 83904, UND IPAUSSU")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6788", "560")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6788", "GM/ S10  ADVANTAGE, ANO/MOD 2011, PLACA ERS4082, COMB, FLEX, FR168719, UND IPAUSSU           ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6707", "1303")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6707", " REBOQUE USICAMP 7,80M, ANO 2006,PLACA COU4511, FR 88607, UND ZANIN")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>9.150,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6704", "1304")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6704", " REBOQUE GUERRA 8,20M, ANO 2008, PLACA EFX3891, FR133026, UND ZANIN")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>10.050,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6708", "1305")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6708", " REBOQUE GUERRA 8,20M, ANO 2008, PLACA EIG8124, FR133025, UND ZANIN")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6710", "1306")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6710", " REBOQUE GUERRA 8,20M, ANO 2008, PLACA EIG8121, FR133028, UND ZANIN")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>11.550,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6711", "1307")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6711", " REBOQUE GUERRA 8,20M, ANO 2008, PLACA EDN6327, FR133006, UND ZANIN")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.350,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6718", "1308")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6718", "TANQUE DE FIBRA, S/FR, UND ZANIN")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6824", "2274")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6824", "CURVAS DE AÇO DIVERSAS MED/TAMANHO, BOM ESTADO, LOTE POR (KILO), S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>0.02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6630", "2306")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6630", "CALDEIRA DEDINI V-2/4 32T/H 145ATM, IMOB. 103346, OUTROS ITENS, UNID DIAMANTE")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6709", "2384")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6709", " SUCATA DE MOTOR DE VARIADOR, MARTELETE E OUTROS, PAT 76749E 77211, UND DIAMANTE")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6706", "2385")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6706", " 14 ROLOS DE BORRANCHAS PEQUENIO, S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6705", "2386")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6705", " TARUGOS, FLANGES, PESO ESTIMADO 1 TON, S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6808", "2387")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6808", "GUINDASTE E OUTROS PERIFÉRICOS, S/FR, UND DIAMANTE (LOC; lLOTE  PORTO BARREIRO)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6811", "2388")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6811", "REDUTORES E OUTROS, S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>109</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6609", "3000")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6609", " CARRETA DE SERV. DIVERSOS FAB PROPRIA COM 2 CONTAINER  ACOPLADOS E 1 MOTOR, UND BARRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6614", "3001")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6614", " 3 RALA, S/FR, UND BARRA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6612", "3002")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6612", " CARRETA TANQUE, ANO 1992, PLACA BWJ4097, FR96010, UND BARRA,         ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.050,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6613", "3003")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6613", " 2 DOLLY ESTADO DE SUCATA, SEM DOCUMENTO, FR56885/ FR112617, UND BARRA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6813", "3908")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6813", " CARRETA TORTA DE FILTRO, FR103621, UND. BARRA ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6823", "3928")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6823", "ESTUFA CULTURA FANEM 002-CB, PAT28161UND BARRA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6611", "3945")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6611", " REBOQUE RODOVIARIA 7,60M , ANO 1984, PLACA BWQ5352,  FR96507, UND BARRA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6627", "3954")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6627", "ANEL DE PALM - BOBI DE PORCELONA, S/FR, UND BARRA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6821", "3965")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6821", " PONTE ROLANTE, S/FR, UND BARRA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6820", "3966")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6820", " 10 VARIADORES APROX.  E ISOLADORES DE PORCELANA  (7 TON PESO ESTIMADO PARA CARGA)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6638", "3970")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6638", " REBOQUE FACCHINI 7,50M CANA INTEIRA, ANO 1994, PLACA BKE 4098, FR121148, UND BARRA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6640", "3971")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6640", " REBOQUE FACCHINI 7,50 M CANA INTEIRA, ANO 1994, PLACA BKE 4110, FR121160, UND BARRA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6639", "3972")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6639", " REBOQUE FNV 7,60 M CANA INTEIRA. ANO 1992, PLACA BKE 2690, FR121106, UND BARRA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6641", "3986")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6641", "SUCATA DE VIDRO, S/FR, UND BARRA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6809", "3987")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6809", "CARRETA DE SERVIÇOS GERAIS, FR103628, UND BARRA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6810", "3988")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6810", "MOTO BOMBA MWM D229/6, FR102408, UND BARRA BONITA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6815", "4514")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6815", " 30 UND. PARALAMAS NOVOS E USADOS QDA APROXIMADA, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6631", "4516")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6631", " 2 HIDRO ROLL, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6856", "4544")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6856", " REBOQUE USICAMP 7,80 M, ANO 2006, FR88611, PLACA COU 4518, UND COSTA PINTO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6643", "4546")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6643", " REBOQUE RODOVIARIO 7,60 M, ANO 1987, FR56070, PLACA BQF 9306, UND COSTA PINTO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6822", "4549")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6822", " CAIXOTE CANA PICADA, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6644", "4550")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6644", " CARROCERIA CANA PICADA, PAT. 55020, UND COSTA PINTO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6645", "4556")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6645", " TRANSBORDO SANTAL 8 T , FR93805, UND COSTA PINTO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6857", "4557")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6857", " TRANSBORDO SANTAL 8 T , FR93806, UND COSTA PINTO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6818", "8317")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6818", " MOTOR ESTACIONARIO VW COM BOMBA, FR62320, UND RAFARD")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6819", "8325")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6819", " TRANSFORMADOR TRIFASICO (Á OLEO) INDUSLET - 5000KVA, FR210997, UND RAFARD")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6604", "8350")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6604", "1 MAQ. SOLDA, 1 MOTOR DE COMPRESSOR, 3 ROÇADEIRADEIRAS. 2 BALÇÃO DE REFEITÓRIO, ATIVO 069772, UND RAFARD")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6605", "8351")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6605", " 2 REDUTORES, ATIVOS 69703 E 69848, UND RAFARD")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6594", "9146")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6594", "MF 292 4X4 CARREGADEIRA, ANO 2011, SÉRIE/CHASSI 292318194-NF263, FR33050, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6595", "9150")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6595", "CARREGADEIRA SANTAL CMP MASTER (ESTRUT. DESMONTADA), BAR2-160016-1, S/FR, UND SÃO FRANCISCO ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6702", "9164")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6702", "PÁ CARREGADEIRA CAT 924 G, ANO 2004, FR63018,  UNID. SÃO FRANCISCO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>58.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6727", "9165")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6727", "CHEVROLET/S10 LS, ANO/MOD 13/13, PLACA FEP2124, FR140002, COMB. FLEX, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>37.750,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6633", "11484")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6633", " REBOQUE CAMAQ 7,50 M, ANO 1994, PLACA BKE4156, FR121209, UND. BONFIM ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6634", "11490")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6634", " REBOQUE CORONA 7,60 M, ANO 1982, PLACA BKE6685, FR121369, UND. BONFIM ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6635", "11491")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6635", " REBOQUE CAMAQ 7,50 M, ANO 1994, PLACA BKE4159, FR121196, UND. BONFIM ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6636", "11493")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6636", " REBOQUE FACCHINI 7,50 M, ANO 1994, PLACA BKE 4113, FR121163, UND. BONFIM ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6632", "11496")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6632", " REBOQUE FACCHINI 7,50 M, ANO 1994, PLACA BKE 4201, FR121176, UND. BONFIM ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6712", "11498")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6712", " REBOQUE RANDON 8,00M, ANO 2008, PLACA EDN6324, FR133010, UND SERRA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>12.900,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6713", "11499")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6713", " REBOQUE RANDON 8,00M, ABO 2008, PLACA EFX3882, FR133027, UND SERRA")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>11.550,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6714", "11500")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6714", " REBOQUE RANDON 8,00M, ANO 2008, PLACA EDN6331, FR133009, UND SERRA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>12.900,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6717", "11501")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6717", " REBOQUE RANDON 8,00M, ANO 2008, PLACA EIG8032, FR133029, UND SERRA")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>11.700,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6715", "11502")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6715", " REBOQUE RANDON 8,00M, ANO 2008, PLACA EFX3892, FR133020, UND SERRA")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6716", "11503")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6716", " REBOQUE RANDON 8,00M, ANO 2002, PLACA CYW0531, FR10210, UND SERRA")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>7.950,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6816", "12164")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6816", "LOTE DE PEÇAS SCANIA, S/FR, UND JUNQUEIRA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6814", "12240")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6814", " TRANSBORDO SERMAG 8 T, FR123658,  UND JUNQUEIRA ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6602", "15300")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6602", " 1 MAQ. SOLDA E 01  GERADOR SOLDA, S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6603", "15301")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6603", " 1 LOTE DE PISOS INDUSTRIAIS (CALDEIRA), S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6601", "15302")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6601", " 1 SERRA POLICORTE, S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6794", "16160")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6794", "CENTRIFUGA, BALANÇA E CUMIEIRAS, S/FR, UND SANTA HELENA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6629", "16183")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6629", " TANQUE DIESEL, Nº IMOB. BAR2-90486-0, FR 208253, UND SANTA HELENA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6628", "16184")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6628", " TRANSBORDO SERMAG 8 T, ANO2000, Nº Nº IMOB. BAR2-241829-0, FR22708, UND SANTA HELENA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6812", "16185")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6812", " TRANSBORDO SANTAL 12 T, ANO 2008, Nº IMOB. BAR2-249206-0, FR22720, UND SANTA HELENA")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6647", "16198")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6647", "01 REDUTOR, ATIVO 074502, S/FR, UND SANTA HELENA")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6648", "16199")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6648", "TALHAS INDUSTRIAL E PORTA, S/FR, UND SANTA HELENA")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6795", "16200")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6795", "EXTINTORES, S/FR, UND SANTA HELENA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6796", "16201")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6796", "TURBINA, FR208333, UND SANTA HELENA")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6797", "16202")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6797", "DESENGROSSADEIRA, FURADEIRA HORIZONTAL E PLAINA, ATIVOS 060584 E 060572, UND SANTA HELENA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6798", "16203")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6798", "TORNO E PLACA E SERRA PENDULAR, ATIVO 060574 E 060576, UND SANTA HELENA")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>