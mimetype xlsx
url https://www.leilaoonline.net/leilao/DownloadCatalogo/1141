--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,2555 +269,2239 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66221", "2000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66221", "MISTURADOR DE MATÉRIA PRIMA PVC MECANOPLAST RH 1050 - CL2022")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66222", "2001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66222", "LINHA DE EXTRUSÃO DE PERFIS RÍDIGOS E FLEXIVEIS, EXTRUSORA MIOTTO - CL2022")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66223", "2002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66223", "CABEÇOTE DE ESPALMADEIRA PVC FACA SOBRE CILINDRO - CÓD. 525 - CL2022")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66224", "2003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66224", "CALANDRA ESPALMADEIRA LAMINADO DE PVC - CÓD. 528 - CL2022")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66225", "2004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66225", "EXTRUSORA DE PLÁSTICO EGAN JOHN BROWN 150MM - CÓD. 725 - CL2022")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66226", "2005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66226", "EXTRUSORA DE PLÁSTICO EGAN JOHN BROWN 90MM - CÓD. 726 - CL2022")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66227", "2006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66227", "EXTRUSORA DE PLÁSTICO EGAN JOHN BROWN 90MM - CÓD. 727 - CL2022")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66228", "2007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66228", "CABEÇOTE FLAT DIE LAMINADO 3000MM - CL2022")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66229", "2008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66229", "CALANDRA DE PLÁSTICO PARA LAMINADOS 3000MM - CL2022")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66230", "2009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66230", "BOBINADOR ORBITAL PARA LAMINADOS 3000MM - CL2022")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66231", "2010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66231", "MISTURADOR E PRÉ AQUECEDOR PARA EXTRUSORA PLÁSTICO - CÓD. 732 - CL2022")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66232", "2011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66232", "MISTURADOR E PRÉ AQUECEDOR PARA EXTRUSORA PLÁSTICO - CÓD. 733 - CL2022")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66233", "2012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66233", "MOINHO DE PLÁSTICO 500MM - CÓD. 735 - CL2022")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66234", "2013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66234", "MOINHO DE PLÁSTICO PRIMOTÉCNICA 600MM 50 CV - CÓD. 707 - CL2022")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66235", "2014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66235", "AGLUTINADOR DE PLÁSTICO 75HP - CÓD. 560 - CL2022")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66236", "2015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66236", "AGLUTINADOR DE PLÁSTICO 75HP COM PARTE EM AÇO INOX - CÓD. 710 - CL2022")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66237", "2016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66237", "EXTRUSORA PARA LAMINADOS FLAT DIE CALANDRA E PUXADOR - CÓD. 721 - CL2022")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66238", "2017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66238", "MISTURADOR TIPO V EM AÇO INOX 1000 LITROS - CÓD. 708 - CL2022")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66239", "2018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66239", "MISTURADOR TIPO V EM AÇO INOX 600 LITROS - CÓD. 572 - CL2022")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66240", "2019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66240", "REATOR BATEDOR AÇO INOX 1/2 CANA 1000 LITROS - Cód. 569 - CL2022")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66241", "2020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66241", "REATOR BATEDOR AÇO INOX 2000 LITROS - CÓD. 573 - CL2022")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66242", "2021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66242", "REATOR AÇO INOX 5000 LITROS MISTURADOR ENCAMISADO - CL2022")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66243", "2022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66243", "MISTURADOR RIBBON BLENDER 200L - CL2022")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>8.200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66244", "2023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66244", "BOMBA HELICOIDAL DOSADORA NIETSCH NM045SY01L07V 2002 - CL2022")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66245", "2024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66245", "BOMBA HELICOIDAL DOSADORA NIETSCH NE60A 1999 - CL2022")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66246", "2026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66246", "TORNO MECÂNICO INVICTA IC-400 2000x460 MM - CÓD. 584 - CL2022")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.650,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66247", "2029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66247", "ELETROFORJA FORNO DE AQUECIMENTO FORJARIA 35KVA - CÓD. 737 - CL2022")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.050,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66248", "2030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66248", "ELETROFORJA FORNO DE AQUECIMENTO FORJARIA 100KVA - CÓD. 738 - CL2022")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66249", "2032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66249", "PRENSA DE FRICÇÃO FORJARIA GUTMANN 40 TONELADAS - CÓD. 746 - CL2022")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66250", "2033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66250", "PRENSA DE FRICÇÃO FORJARIA GUTMANN 80 TONELADAS - CÓD. 747 - CL2022")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>10.550,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66251", "2034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66251", "PRENSA DE FRICÇÃO FORJARIA WELKO ARIETE 2000 220 TON - CÓD. 749 - CL2022")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66180", "3002")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66180", " 2 CILINDROS DE MERGULHO EM AÇO INÓX")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66178", "3014")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66178", " TORNO MECÂNICO 2000 X 460 MM - CÓD. 595 ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66219", "3015")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66219", " TORNO MECÂNICO 2350 X 500 MM - CÓD. 597  ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66179", "3017")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66179", " TORNO MECÂNICO 1400 X 350 MM - CÓD. 676 ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66176", "3019")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66176", " TORNO MECÂNICO 1300 X 350 MM - CÓD. 677 ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66175", "3021")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66175", " TORNO MECÂNICO MAF 1900 X 420 MM - CÓD. 594  ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66173", "3022")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66173", " ESTUFA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66174", "3023")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66174", " REATOR AÇO INOX 750 LITROS MISTURADOR ENCAMISADO - CÓD. 576")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66177", "3024")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66177", " BOMBA HELICOIDAL DOSADORA NIETSCH - CÓD. 611")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66181", "3025")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66181", " TROCADOR DE CALOR DE INOX COMPRIMENTO 1950MM DIÂMETRO 330MM - CÓD. 118")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66183", "3028")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66183", " MISTURADOR COM MOTOR 40CV - CÓD. 189")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66182", "3029")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66182", " TORRE DE RESFRIAMENTO ALPINA - CÓD. 195 ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66184", "3030")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66184", " MASSEIRA INDUSTRIAL MISTURADOR - CÓD. 696")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66185", "3031")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66185", " FURADEIRA RADIAL KONE KR50/16 - CÓD. 694")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66217", "3033")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66217", "SERRA FITA DUPLA SCHIFFER MOD H2FRTE - FUNCIONANDO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66186", "3035")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66186", " CHILLER MECALOR 75000 KCAL - CÓD. 101")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66188", "3036")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66188", " ESTUFA SECAGEM DE PLÁSTICO VENTILAÇÃO FORÇADA - CÓD. 700")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66187", "3037")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66187", " LAMINADOR BONFANTI CERAMICA TIJOLO VERMELHO BAIANO - CÓD.347")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66189", "3038")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66189", " SERRA ESQUADREJADEIRA - CÓD. 366 ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66192", "3040")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66192", " COMPRESSOR SABROE CMO 16 - CÓD. 381")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66191", "3041")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66191", " GELADEIRA REFRISAT 30000 KCAL ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66193", "3042")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66193", " MÁQUINA PARA DESCASCAR FIOS E CABOS - CÓD.  414")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66194", "3045")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66194", " EMPILHADEIRA ZELOSO - CÓD.431")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66190", "3046")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66190", " MOTOR ELÉTRICO TRIFÁSICO 100 CV 4 POLOS 1700 RPM WEG")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66195", "3047")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66195", " TERMOREGULADOR VULCANIC ANO 1994 - CÓD. 440")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66196", "3048")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66196", "PRENSA ENFARDADEIRA VERTICAL 20 TONELADAS - CÓD. 681")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66197", "3054")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66197", " COMPRESSOR PARAFUSO ATLAS COPCO GA 37 - CÓD. 484")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66218", "3055")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66218", "GUINDASTE 4,3TM E3 - CR + CESTO AEREO; SERIE Y02C004304; POUCAS HORAS DE USO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66198", "3059")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66198", " TORRE DE RESFIAMENTO DRYCOOLER MECALOR 200 MODULAR - CÓD. 532")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66199", "3060")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66199", " MOINHO MARTELO TIGRE - CÓD. 535")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66201", "3061")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66201", " ESTUFA SECAGEM DE PLÁSTICO - CÓD. 701")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66200", "3064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66200", " MÁQUINA EMENDAR TECIDO SINTETICO E COURINO DOHLE - CÓD. 686")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66202", "3065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66202", " CILINDRO MISTURADOR BORRACHA BONITO 700 X 300 MM - CÓD. 555")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66203", "3066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66203", " EXTRUSORA BORRACHA BUZULUK - CÓD. 557")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66204", "3069")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66204", " AFIADORA UNIVERSAL - AFIAÇÃO DE BROCAS - CÓD. 685")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66206", "3071")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66206", " VIRADOR TAMBOREADOR EM AÇO INÓX 100 LITROS - CÓD. 574")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66205", "3073")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66205", " REATOR DE AÇO CARBONO 250 LITROS - CÓD. 579")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66207", "3076")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66207", " PULMÃO TANQUE RESERVATÓRIO DE AR 1650 LITROS - CÓD. 702")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66208", "3081")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66208", " GUILHOTINA OMAC BRESCHIA 105 CM")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66209", "3082")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66209", " COMPRESSOR WAYNE 60 PES - CÓD. 52")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66210", "3084")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66210", " FECHADOR AUTOMÁTICO DE MARMITEX PACK-FAST 1000PACK-FAST 1000 - FECHADOR AUTOMÁTICO DE MARMITEX.MP4PACK-FAST 1000 - FECHADOR AUTOMÁTICO DE MARMITEX")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66211", "3085")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66211", " TRANSPALETEIRA MANUAL - CÓD. 712")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66220", "3086")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66220", " PONTE ROLANTE 8 TONELADAS 4 METROS DE VÃO COM TALHA CLIMBER - CÓD. 716")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66214", "3088")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66214", " GUILHOTINA GRÁFICA FUNTIMOD - CÓD. 99")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66213", "3090")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66213", " ASPIRADOR INDÚSTRIAL - CÓD. 262")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66212", "3091")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66212", " UNIDADE HIDRÁULICA 15HP - CÓD. 690")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66215", "3092")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66215", " MÁQUINA DE DESCASCAR CABO - CÓD. 311")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66216", "3093")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66216", " MOTOR A DIESEL TRAMONTINI - CÓD.333")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>