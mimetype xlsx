--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66161", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66161", "CARROCERIA DE CANA PICADA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67426", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67426", "colheitadeira New Holland Mod. 80/55 ano 1993")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66156", "010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66156", "[ VÍDEO ] COLHEDORA DE CANA VALTRA. MOD. BE1035E. ANO 2016. Horimetro: aprox. 8900 horas. (MÁQUINA COLHENDO CANA NA SAFRA ATUAL)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>145.200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67940", "011")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67940", "Arado Ikeda. Ano 2014. Arado mod. Aiveca. Montado, deslocado, 4 hastes polietileno. Possui desarme automático das hastes. Pot. requerida 230cv.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66153", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66153", "5 pneus no estado - sendo: 3 com roda e 2 sem roda")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66159", "016")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66159", " Plataforma de milho 10 linhas de 70cm Ano 2014 - marca Methalc mod. 10 x 73. Bom estado.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66149", "043")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66149", " Tanque de Combustível. Aprox. 3.000 Litros. Com bomba.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66154", "100")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66154", "ÔNIBUS VW 18310 BUSSCAR. ANO 2005/05")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66140", "101")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66140", "GUINDASTE MADAL MD25. Ano 90  E  CAMINHÃO SCANIA VAPS 111S Ano 80. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66142", "102")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66142", "GUINDASTE TADANO. 60 Toneladas. Ano 2008")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>249.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66164", "103")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66164", "Guindaste Grove TMS 760. 60 Toneladas. Ano 1973. Sem motor. Sem câmbio. Sem jib. Sem Pneus.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66144", "104")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66144", "Guindaste P&amp;H. 15 Toneladas. Ano 1982")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>49.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66152", "207")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66152", "Câmbio Scania 113. Ano 1991. 5 marchas.Com servo-embreagem")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66157", "401")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66157", " Plantadeira. Metasa. 9 Linhas. Ano 2001.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66158", "405")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66158", " Forrageira JF 92z10")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66151", "408")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66151", " Terraciador marca Cinema com 20 discos")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66146", "501")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66146", "Colheitadeira Massey Ferguson. Mod. MF 360. Ano 1986.  Sem bateria. Com plataforma para soja")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66147", "503")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66147", "Compressor. Modelo W-29120. Motor 30 CV. Pressão máx: 175 PSI")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66145", "504")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66145", "GRANDE QUANTIDADE DE PEÇAS ORIGINAIS VEÍCULOS FIAT E  DUCATO. SEGUE LISTA ANEXO COM DESCRITIVO DAS PEÇAS E VALORES DE CUSTO.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66141", "508")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66141", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66148", "510")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66148", " Arado. Marca Líder. 3 Discos")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66150", "511")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66150", " Caixote para Semi-reboque de Cana Picada. Ano 1995. Comprimento: 10 m")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>