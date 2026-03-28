--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66881", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66881", "FORD/ FIESTA SEDAM 1.6, FEX, 2013/2014, PRATA - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66882", "200")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66882", "FORD/ FIESTA SEDAM 1.6, FEX, 2013/2014, PRATA -  NÃO FUNCIONANDO vejas outras informações")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66883", "300")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66883", "I/HYUNDAI HISTAREK SVX, GASOLINA, 2008/2009, PRATA - FUNCIONA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66624", "1000")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66624", " ARQUIVO DESLIZANTE OFC EXECUTIVO - FCBM187444-6  local do lote veja outras informações")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66622", "1001")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66622", "ARQUIVO DESLIZANTE OFC EXECUTIVO - FCBM188401-8 local do lote veja outras informações")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66307", "2031")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66307", "APARADOR DE GRAMA YAMAR TA 73, FCBM163558-1               ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66319", "5068")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66319", "213435-7 MONITOR DE VIDEO 8,5 LCD SONY")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66310", "13032")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66310", "TRITURADOR DE RESIDUOS CLEANY F08/085, FCBM 281961-9           ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66313", "19019")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66313", "6 POLTRONAS GIRAT. GIROFLEX - FCBM:  62709-7; 62330-0; 62684-8; 64105-7; 64103-1;  64086-7")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66314", "19025")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66314", "6 POLTRONAS GIRATÓRIA GIROFLEX - FCBM: 62317-2;  64128-6;  64097-2;  62817-4;  64123-5:  62417-9")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66311", "19055")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66311", "  212070-4 SUPORTE P/ANILHAS ORRO    ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66312", "19056")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66312", "  280862-5 TRITURADOR DE RESIDUOS CLEANY F08/085       ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66315", "19065")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66315", "  266354-6 APARELHO P/EXER. EXTENSORA MATRIX         ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66316", "19068")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66316", "  266357-1 BANCO SUPINO SENTADO MATRIX G3S13         ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66317", "19072")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66317", "  266355-4 APARELHO P/EXER. EXTENSORA MATRIX         ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.730,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66318", "22144")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66318", "213436-5 - MONITOR DE VIDEO 8,5 LCD SONY")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66309", "22145")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66309", " ADAPTADOR PARA LENTES FUJINON ACM21, FCBM286428-2                ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66308", "22146")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66308", " ADAPTADOR PARA LENTES FUJINON ACM21, FCBM286429-1               ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66306", "22156")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66306", " APARELHO P/EXEC.CADEIRA ABDUTORA MATRIX, FCBM  219829-1           ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>