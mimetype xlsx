--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66588", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66588", " SEMI REBOQUE RANDON PREFIXO:  55025 PLACA GVO0249 ANO:   2001 RENAVAM:  756677840 CHASSI:  9ADG118211M162532 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66590", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66590", " SEMI REBOQUE RANDON PREFIXO:  55041 PLACA GVO0370 ANO:   2002 RENAVAM:  779000382 CHASSI:  9ADG118222M174358 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66589", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66589", " SEMI REBOQUE ANTONINI PREFIXO:  55050 PLACA GUN2982 ANO:   1997 RENAVAM:  675481473 CHASSI:  9AND11820VM004198 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66591", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66591", " SEMI REBOQUE ANTONINI PREFIXO:  55051 PLACA GUN2983 ANO:   1997 RENAVAM:  675482100 CHASSI:  9AND11820VM004199REM  (CHASSI REMARCADO) ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66592", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66592", " SEMI REBOQUE ANTONINI PREFIXO:  55052 PLACA GUN2993 ANO:   1997 RENAVAM:  675503108 CHASSI:  9AND11820VM004200 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66599", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66599", " SEMI REBOQUE ANTONINI PREFIXO:  55054 PLACA GUN2991 ANO:   1997 RENAVAM:  675502543 CHASSI:  9AND11820VM004203 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66595", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66595", " SEMI REBOQUE ANTONINI PREFIXO:  55055 PLACA GUN2994 ANO:   1997 RENAVAM:  675503329 CHASSI:  9AND11820VM004202 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66594", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66594", " SEMI REBOQUE ANTONINI PREFIXO:  55056 PLACA GUN2988 ANO:   1997 RENAVAM:  675484863 CHASSI:  9AND11820VM004204 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66593", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66593", " SEMI REBOQUE ANTONINI PREFIXO:  55058 PLACA GUN2986 ANO:   1997 RENAVAM:  675483662 CHASSI:  9AND11820VM004206 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66602", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66602", " SEMI REBOQUE ANTONINI PREFIXO:  55059 PLACA GUN2984 ANO:   1997 RENAVAM:  675482810 CHASSI:  9AND11820VM004208 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66603", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66603", " SEMI REBOQUE ANTONINI PREFIXO:  55060 PLACA GUN2985 ANO:   1997 RENAVAM:  675483220 CHASSI:  9AND11820VM004207 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66600", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66600", " SEMI REBOQUE SERGOMEL PREFIXO:  150508 PLACA GQI3717 ANO:   1994 RENAVAM:  620607939 CHASSI:  9AND09620RM001531REM (CHASSI REMARCADO) ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66604", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66604", " SEMI REBOQUE ANTONINI PREFIXO:  150509 PLACA GQI3706 ANO:   1994 RENAVAM:  620605057 CHASSI:  9AND09620RM001533REM (CHASSI REMARCADO) ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66601", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66601", " SEMI REBOQUE SERGOMEL PREFIXO:  150510 PLACA GQI2763 ANO:   1994 RENAVAM:  619182636 CHASSI:  9AND09620RM001540REM (CHASSI REMARCADO).  ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66598", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66598", " SEMI REBOQUE ANTONINI PREFIXO:  150512 PLACA GQI3709 ANO:   1994 RENAVAM:  620606150 CHASSI:  9AND09620RM001529 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66596", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66596", " SEMI REBOQUE ANTONINI PREFIXO:  150513 PLACA GQI3750 ANO:   1994 RENAVAM:  620678380 CHASSI:  9AND09620RM001530 ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66597", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66597", " SEMI REBOQUE SERGOMEL PREFIXO:  150514 PLACA GQI3711 ANO:   1994 RENAVAM:  620606576 CHASSI:  9AND09620RM001527REM (CHASSI REMARCADO)  ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>