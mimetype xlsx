--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6596", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6596", " CAMINHÃO  VOLKS 16,170 TRUCK ANO: 1996/ 1996 PLACA: CGL6086 CHASSI: 9BWYTAGF1TDB53115")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6597", "014")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6597", " CAMINHÃO  IVECO EUROCARGO 160E21 3 TOCO ANO: 2000/ 2000 PLACA: DAK0545 CHASSI: 8ATA1NFH0YX043026")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6598", "016")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6598", " CAMINHÃO  IVECO EUROCARGO 160E21 3 TOCO ANO: 1999/ 2000 PLACA: CVT3370 CHASSI: 8ATA1NFHOYX042313")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6599", "021")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6599", " CAMINHÃO  VOLKS 16,200 TRUCK ANO: 1999/ 1999 PLACA: CSN2650 CHASSI: 9BWY2TGF3XRX08330")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>32.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>