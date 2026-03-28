--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66689", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66689", "PEÇAS DIVERSAS DA USINA DE ASFALTO KOMPAKT 501 VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>207.970,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66683", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66683", "1 -EMPILHADEIRA YALE 3 TONELADAS 28.143 HORAS ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66627", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66627", "1- CONJ COMPLETO SILO BIPARTIDO C/ PESAGEM PARA USINA DE ASFALTO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>36.400,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66664", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66664", "1 - SILO DOSADOR DE FINOS /FILLER")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>47.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66687", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66687", "3 - EIXOS DE TRAÇÃO DE ROLOS COMPACTADORES ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>8.700,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66666", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66666", "2 - DOS FILLER SD CJ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>14.800,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66625", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66625", "2 - CONJUNTO SILO DOSADOR DE AGREGADOS COM CÉLULA DE CARGA PARA USINA DE ASFALTO.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66686", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66686", "1 - ESTRUTURA METALICA DE ELEVADOR DE ARRASTE")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.300,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66626", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66626", "1 - ESTR. CORREIA USINA DE SOLOS  ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>12.510,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>