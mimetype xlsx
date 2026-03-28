--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1339 +269,1175 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66757", "006")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66757", " TRANSBORDO  . Marca: SANTA IZABEL  . Mod: TASI 10500 . Ano:  2012")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66766", "007")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66766", " TRANSBORDO  . Marca: SANTA IZABEL  . Mod: TASI 10500 . Ano:  2012")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66760", "008")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66760", " TRANSBORDO  . Marca: SANTA IZABEL  . Mod: TASI 10500 . Ano:  2012")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66759", "009")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66759", " TRANSBORDO  . Marca: SANTA IZABEL  . Mod: TASI 10500 . Ano:  2012")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66758", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66758", " EMPILHADEIRA  . Marca: HYSTER  . Mod: H80J . Ano:  1987")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66763", "015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66763", " 02 PEÇAS DE ALONGADORES DE RODA . Marca: JOHN DEERE . Mod: 7185J . Ano:  2017")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66761", "016")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66761", " 04 PEÇAS DE ALONGADORES. Marca: VALTRA. Aplicação: eixo Carraro")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66771", "021")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66771", "PATROL CATERPILLAR. MOD. 120B. ANO 1978")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66772", "023")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66772", "PLANTADORA DE CEREAIS. MARCA TATU. MOD. PST3. 7 LINHAS. SUPREMA A VÁCUO. ANO 2000")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66775", "029")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66775", " Comboio Gascom pressolub ano 2011, 9.000 litros de diesel.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66774", "030")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66774", " Comboio Andrade ano 2008 - 5.000 litros")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>11.900,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66776", "031")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66776", " Pneus com roda montado 600/60-30.5")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66777", "032")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66777", "03 UNIDADES DE CUBO REDUTOR JOHN DEERE . MARCA: JOHN DEERE . MOD: 3520")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68713", "033")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68713", "COMPRESSOR DE AR DAV-MAQ. 100 LBS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68714", "034")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68714", " 02 PEÇAS DE ALONGADORES DE RODA . Marca: JOHN DEERE . Mod: 7185J . Ano:  2017")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68720", "035")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68720", " 04 PEÇAS DE ALONGADORES. Marca: VALTRA. Aplicação: eixo Carraro.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68721", "036")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68721", " 04 PEÇAS DE ALONGADORES. Marca: VALTRA. Aplicação: eixo Carraro.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68722", "037")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68722", " 04 PEÇAS DE ALONGADORES. Marca: VALTRA. Aplicação: eixo Carraro.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68719", "038")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68719", " 04 PEÇAS DE ALONGADORES. Marca: VALTRA. Aplicação: eixo Carraro.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...127 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...382 lines deleted...]
-      </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68708", "040")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68708", " CAMINHÃO COMBOIO VW MOD. 31-320 ANO 2009 (Ref. AA)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>185.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68693", "041")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68693", " CAMINHÃO PIPA MOD.2423 TRAÇADO ANO 2009 (Ref. BB)")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>175.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68709", "042")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68709", " CARRETA AREA DE VIVENCIA - GALEGO ANO 1998 (Ref. CC)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68703", "043")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68703", " CONJUNTO SANTAL TRANSBORDO MOD. VT10500 ANO 2014 (Ref. DD)")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68705", "044")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68705", " CONJUNTO BALDAN TRANSBORDO MOD. 12600 ANO 2011 (Ref.EE)")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68694", "045")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68694", " CONJUNTO SANTAL TRANSBORDO MOD. VT10500 ANO 2014 (Ref. FF)")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68704", "046")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68704", " TRANSBORDO TESTON MOD. 22.000 ANO 2015 (Ref. GG)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68697", "047")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68697", " TRANSBORDO TESTON MOD. 22.000 ANO 2015 (Ref. HH)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68701", "048")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68701", " TRANSBORDO TESTON MOD. 22.000 ANO 2015 (Ref. II)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68698", "049")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68698", " TRANSBORDO TESTON MOD. 22.000 ANO 2015 (Ref. JJ)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68702", "050")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68702", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref. RT01)")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68696", "051")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68696", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref.RT02)")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68706", "052")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68706", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref.RT03)")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68695", "053")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68695", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref.RT04)")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68700", "054")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68700", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2010 (Ref.RT05)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68688", "055")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68688", " [ VÍDEO ] COLHEDORA CASE MOD. 8800 ANO 2015 (Ref. CH03)")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68689", "056")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68689", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2013 (Ref. CH05)")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68699", "057")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68699", "[ VÍDEOS ] TRATOR BH 180 HIFLOW VALTRA MOD. BH180 ANO 2010 (Ref. KK)")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>85.750,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68691", "058")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68691", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2014 (Ref. CH06)")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68690", "059")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68690", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2014 (Ref. CH07)")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68707", "060")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68707", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE 3522 ANO 2013 (Ref. CH08)")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68692", "061")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68692", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE 3520 ANO 2011 (Ref. CH09)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>