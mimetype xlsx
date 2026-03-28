--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66911", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66911", " Rebobinadeira Titan - Modelo SR6, boca 1300mm, alinhador, sistema estrobo, eixo porta bobinas expansivo, ano 2000")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66912", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66912", " Rebobinadeira Titan - Modelo SR6, boca 1300mm, alinhador, freio pneumático, sistema estrobo, eixo porta bobinas expansivo, ano 1997")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66910", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66910", " Pulverizador Lavrale 14 metros - Modelo PVU800L")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66913", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66913", " Trocador de calor, Tranter, 135 placas, área de troca térmica: 58,52 m², temperatura do projeto: 100°C, Ano 2012 - sem uso")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66914", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66914", " Trocador de calor, Tranter, 135 placas, área de troca térmica: 58,52 m², temperatura do projeto: 100°C, Ano 2012 - sem uso")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66915", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66915", " Filmadora Sony PMW 320 Xdcam HD Obs: não funciona")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66918", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66918", " Cadeira de Rodas - Para remoção, Sitmed - sem uso")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66916", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66916", " Cadeira de Rodas - Para remoção, Sitmed - sem uso")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66917", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66917", " Cadeira de Rodas - Para remoção, Sitmed - sem uso")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66919", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66919", " Cadeira de Rodas - Para remoção, Sitmed - sem uso")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66920", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66920", " Giroflex / Barra Sinalizadora, composta por led super flex, distribuídos em módulos óticos com 3 leds, 360°, sem ponto cego - sem uso")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66923", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66923", " Giroflex / Barra Sinalizadora, composta por led super flex, distribuídos em módulos óticos com 3 leds, 360°, sem ponto cego - sem uso")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66921", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66921", " Giroflex / Barra Sinalizadora, composta por led super flex, distribuídos em módulos óticos com 3 leds, 360°, sem ponto cego - sem uso")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66922", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66922", " Giroflex / Barra Sinalizadora, composta por led super flex, distribuídos em módulos óticos com 3 leds, 360°, sem ponto cego - sem uso")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66924", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66924", " Maca retrátil Basic, Sitmed, modelo MRB30, em duralumínio - sem uso")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66925", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66925", " Maca retrátil Basic, Sitmed, modelo MRB30, em duralumínio - sem uso")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66926", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66926", " Maca retrátil Basic, Sitmed, modelo MRB30, em duralumínio - sem uso")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66927", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66927", " Maca retrátil Basic, Sitmed, modelo MRB30, em duralumínio - sem uso")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66928", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66928", " Malotes em lona, tamanho aproximado: 70cm x 70cm x 40cm - Cores diversas, (Aproximadamente 100 unidades)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66929", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66929", " Malotes em lona, tamanho aproximado: 70cm x 70cm x 40cm - Cores diversas, (Aproximadamente 100 unidades)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66930", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66930", " Malotes em lona, tamanho aproximado: 70cm x 70cm x 40cm - Cores diversas, (Aproximadamente 100 unidades)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66931", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66931", " Malotes em lona, tamanho aproximado: 70cm x 70cm x 40cm - Cores diversas, (Aproximadamente 200 unidades)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66932", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66932", " Malotes em lona, tamanho aproximado: 70cm x 70cm x 40cm - Cores diversas, (Aproximadamente 200 unidades)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66934", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66934", " Malotes em lona, tamanho aproximado: 70cm x 70cm x 40cm - Cores diversas, (Aproximadamente 500 unidades)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66933", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66933", " Ford Fiesta 1.6 Titanium, câmbio automático, 2013/2014 - Flex - Azul, ipva 2020 pago, final placa 0 - Funcionando")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>21.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66997", "101")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66997", " Máquina de costura de Livros BREHMER LEIPZIG nº 698 - Motor Arno nº 20.380 com redutor de velocidade acoplado ao motor, - 1980 ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66984", "102")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66984", " Prensa de Livros BERNARDINI ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66994", "103")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66994", " Mesa de metal para fotolito gráfico, com lâmpada, com 2 peças acopladas com braços móveis , altura 1,50 / comprimento 1,00 / largura 0,80")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66991", "104")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66991", " Máquina datilografia manual, Underwood 198,")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66990", "105")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66990", " Tipografia : Typecase. Uma bandeja de madeira antiga para armazenar ‘ TIPOS’ comprimento 86cm / ,Largura 8,5 cm / espessura 3,0 cm, com 56 compartimentos.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66995", "106")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66995", " Máquina para Relevo-Estufa Térmica – Marca Inelte,")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66988", "107")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66988", " Máquina para gravação de chapa. - sem motor ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66985", "108")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66985", " Máquina impressora off-set, MULTILITH 2850 S")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66987", "109")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66987", " Máquina processadora e impressora de Formulário Contínuo Off-set - KLUGE - RP - 1 cor-  importada USA - 80 colunas e 132 colunas Alt. Cilindros: 11”, 12”,8” e 8,5”; Larg. Mx. 375mm - Saída em pacote")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66989", "110")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66989", " Máquina Impressora de papel picote marca kluge WFD, Booking nº WCH 3644, Forwarder REF : 307661.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66986", "111")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66986", " Máquina Alceadeira Star I, Fabricação Chilena, equipada com 5 estações de papel,")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66992", "112")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66992", " Talha manual de corrente – Berg Steel, 03 metros de elevação, n º série 153265,")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66996", "113")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66996", " Vigas de ferro para sustentação da talha: Obs. Está cimentada no piso. Sendo 02 colunas 2,30 altura/ com um suporte de 6 metros de comprimento.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66993", "114")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66993", " Aplicadora de papel laminado Tipomagraf FoilMax, na impressão a laser, largura máxima do papel 33cm /velocidade 600 a 960 folhas/hora / voltagem 110/220 / dimensões: larg. 65cm., alt. 17cm. , prof. 38 cm. - Acompanha Alguns Rolos laminados ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67006", "201")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67006", " Lote com: 4 mil peças de  bojos de sustentação - Tamanhos P - diversos modelos ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...42 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67002", "202")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67002", " Lote com: 1 mil peças de Sungas - Adulto")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66999", "203")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66999", " Lote com: 4 mil peças de Bojos de sustentação - Tamanhos P - Diversos modelos")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67009", "204")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67009", " Lote com: 3 mil peças de calcinhas de bikini - P ,M, G e GG - Diversos modelos")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67010", "205")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67010", " Lote com: 3 mil peças de calcinhas de bikini - P ,M, G e GG - Diversos modelos")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67000", "206")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67000", " Lote com: 3 mil peças de calcinhas de bikini - P ,M, G e GG - Diversos modelos")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67001", "207")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67001", " Lote com: 3 mil peças de calcinhas de bikini - P ,M, G e GG - Diversos modelos")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66998", "208")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66998", " Lote com: 3 mil peças de calcinhas de bikini - P ,M, G e GG - Diversos modelos")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67004", "209")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67004", " Lote com: 3 mil peças de calcinhas de bikini - P ,M, G e GG - Diversos modelos")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67011", "210")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67011", " Lote com: 3 mil peças de calcinhas de bikini - P ,M, G e GG - Diversos modelos")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67005", "211")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67005", " Lote com: 3 mil peças de calcinhas de bikini - P ,M, G e GG - Diversos modelos")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67003", "212")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67003", " Lote com: 3 mil peças de calcinhas de bikini - P ,M, G e GG - Diversos modelos")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67007", "213")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67007", " Lote com: 3 mil peças de calcinhas de bikini - P ,M, G e GG - Diversos modelos")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67008", "214")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67008", " Lote com: 15 maletas para semi-joias ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67403", "215")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67403", " Lote com: 4 mil peças de  bojos de sustentação - Tamanhos P - diversos modelos ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67823", "301")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67823", "Ford Ranger LTD Diesel - 2006/2006 - Campos dos Goytacazes - RJ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67824", "401")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67824", "Poços de caldas - MG Apróx. 25 Ton. Sucata de Motores ( Preço por KG) - SERÁ PESADO NO LOCAL. A DIFERENÇA PARA MAIS OU PARA MENOS SERÁ ABATIDA OU SOMADA DO PREÇO FINAL")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...144 lines deleted...]
-      <c r="A22" s="5" t="inlineStr">
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="B22" s="4" t="inlineStr">
-[...1421 lines deleted...]
-      </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>62.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68470", "501")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68470", " VW Gol 17/18 1.6 - no estado - funcionando. Localização Araraquara sp ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>20.250,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>