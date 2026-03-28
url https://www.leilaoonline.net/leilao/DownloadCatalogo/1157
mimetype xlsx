--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1339 +269,1175 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67439", "19138")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67439", " CAMINHÃO M. BENS LB-2220 C/ MUNCK - ANO 1988 - FROTA 102024 (sem motor) peças na carroceria não faz parte do lote")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67445", "19139")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67445", " CAMINHÃO M. BENS LB-2325 TANQUE / PIPA - ANO 1991 - FROTA 102093")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67443", "19140")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67443", " CAMINHÃO M. BENZ L-1113 - ANO 1976 - FROTA 102022 ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67446", "19141")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67446", " CAMINHÃO M. BENS LB-2325 BASCULANTE - ANO 1991 - FROTA 102087 ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67450", "19142")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67450", " CAMINHÃO M. BENS LB-2325 - ANO 1991 - FROTA 102090 ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67447", "19143")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67447", " CAMINHÃO M. BENS LB-2325 BASCULANTE - ANO 1991 - FROTA 102099")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>38.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67469", "19144")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67469", " SUCATA ONIBUS M. BENZ 1620 - ANO 1996 - FROTA 108028 - (sem direito a documento)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67438", "19145")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67438", " FIAT STRADA WORKING - ANO 2017 - FROTA 101075  (câmbio/motor/peças/ outros avariados ou faltando)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67476", "19146")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67476", " FIAT STRADA WORKING - ANO 2017 - FROTA 101072")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67478", "19147")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67478", " FIAT STRADA WORKING - ANO 2017 - FROTA 101073")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67474", "19148")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67474", " FIAT STRADA WORKING - ANO 2017 - FROTA 101071")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67464", "19149")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67464", " TRATOR VALTRA  BH-180 - ANO 2006 - FROTA 103016 - CHASSI BH1804529839")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67465", "19150")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67465", " TRATOR VALTRA  BH-180 - ANO 2006 - FROTA 103021 - CHASSI BH1804628844")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67441", "19151")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67441", " TRATOR VALTRA  BH-160 - ANO 2001 - FROTA 103002 - CHASSI BH164171260")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67466", "19152")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67466", " TRATOT VALTRA  BH-180 - ANO 2005 - FROTA 103011 - CHASSI BH1804521043")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67471", "19153")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67471", " TRATOR VALTRA  BH-180 - ANO 2006 - FROTA 103015 - CHASSI BH1804628840")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67468", "19154")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67468", " TRATOR VALTRA  BH-180 - ANO 2005 - FROTA 103009 - CHASSI BH184516547")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67463", "19155")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67463", " TRATOR VALTRA BL-77 - ANO 2007 - FROTA 107043 - CHASSI BL772740484")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67462", "19156")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67462", " TRATOR FORD 4610 - ANO 1991 - FROTA 107003 - CHASSI V233002")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67451", "19157")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67451", " 01 EXAUSTOR  marca lci - mod. pac -18-2360-SI/3 LCI")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67442", "19158")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67442", " 01 EXAUSTOR - marca lci - mod. pac -18-2360-SI/3 LCI")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67461", "19159")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67461", " 03 PISTÃO DE ACIONAMENTO DE DAMPER - .mod. comando foxboro sr 1986")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67440", "19160")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67440", " 01 SUCCIONADOR DE CALDO - marca jacare - mod.. JSC6.543.102 - nº série 003613.13")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67457", "19161")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67457", " 01 CHILLER RESFRIADOR  - MARCA MYCOM/MAYEKAWA - MOD. URV 125 - SUD")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67455", "19162")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67455", " 01 TORRE RESFRIAMENTO  - MARCA ALFATERM - MOD. A/6782 - 80 M/3 H")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67444", "19163")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67444", " 01 VENDILADOR - MARCA LCI - MODELO PAC -16-1180-SI/8")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67477", "19164")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67477", " 02 RESERVATORIO C/BOMBA DE OLEO P/ TURBINA - MARCA DEDINI - MOD. 40 CE")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67449", "19165")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67449", " 02 REDUTORES - MARCA CESTARI - MODELO HT 70")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67470", "19166")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67470", " 01 VALVULA BORBOLETA DN 12" - C/ ACIONAAMENTO PNEUMATICO HITE")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67473", "19167")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67473", " 01 VALVULA ANGULAR DE ALIVIO 12"/12" - C/ REGULADOR PNEUMATICO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67459", "19168")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67459", " 01 VALVULA GLOBO FOFO DN 12" ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67475", "19169")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67475", " 01 BOMBA CENTRIFUGA - MARCA MERELLI - MODELO C-2RD - VAZÃO 20 M/3")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67456", "19170")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67456", " 01 BOMBA DOSADORA OMEL - MARCA OMEL -- MODELO DMP 0/1")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67454", "19171")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67454", " 01 BOMAS CENTRIFUGA - MARCA EQUIPE - B-500 / B-600 - VAZÃO 3.000 M3/H")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67453", "19172")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67453", " 02 TURBINA A VAPOR - MARCA DEDINI - MODELO 40 CE ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67467", "19173")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67467", " 02 REDUTOR  P/TURBINA - MARCA DEDINI - MODELO FIA 525")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67472", "19174")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67472", " 01 SECADOR C/ VENTILADOR PENEIRA ESTEIRA - veja especificações")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67452", "19175")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67452", " 01 BOMBA CENTRIFUCA C/TAMPA - MARCA KSB - MOD. LCCR 150-500-3 - VAZAO 500 M/3")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67460", "19176")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67460", " 04 REDUTORES  W23 - MARCA CESTARI - MODELO 1307 W23 - REDUCAO ENTRADA 575 / REDUCAO SAIDA 296")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67458", "19177")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67458", " 01 REDUTOR TIPO 90 1/2 - MARCA CESTARI - MODELO 90 1/2 - RED 1/195")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67448", "19178")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67448", " 03 TAMPA DE SUCÇÃO PARA BOMBA ETA 150/40 - MARCA EQUIPE - MODELO 150/40")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>