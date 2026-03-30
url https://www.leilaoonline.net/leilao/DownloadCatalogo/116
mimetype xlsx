--- v0 (2026-02-12)
+++ v1 (2026-03-30)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6606", "8101")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6606", "25 MANILHA SANEAMENTO DN - DETALHE  DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS - USIMINAS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6607", "8102")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6607", "44  ELETRODO GRAFITE FORNO D 406.4 X 2400 MM, CÓD. 15136981 - USIMINAS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>164</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6617", "8103")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6617", "1721 LUVAS ISOLANTES, DETALHE  DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS - USIMINAS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6619", "8104")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6619", "19,7 M3 ELEMENTO FILTRO, DETALHE  DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS - USIMINAS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6620", "8105")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6620", "4 SERVIDOR HP SUPERDOME SD64 MONTECITO,  DETALHE  DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS - USIMINAS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>4.550,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6621", "8106")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6621", "24,5 TON CASCALHO ROLADO TAMANHO 25 A 38 MM, DETALHE DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS USIMINAS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6622", "8107")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6622", "32,2 TON CASCALHO ROLADO TAMANHO 12 A 18 MM, DETALHE DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS USIMINAS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6623", "8108")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6623", "33 TON CASCALHO ROLADO TAMANHO 18 A 25 MM, DETALHE DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS  USIMINAS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6624", "8109")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6624", "36,5 TON CASCALHO ROLADO TAMANHO 06 A 12 MM, DETALHE DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS  USIMINAS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6625", "8110")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6625", "76,5 TON CARVÃO ANTRACITO GRANULOMETRIA 4,05MM, DETALHE DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS USIMINAS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6626", "8111")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6626", "155 TON AREIA 1,80MM 2,55-2,65G/CM3 FILTRO CRA, DETALHE DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS USIMINAS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6649", "8112")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6649", "1 COMPRESSOR  MTV-20G/250I- 5HP , USIMINAS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6650", "8113")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6650", "75 PNEUS USADOS, DETALHE DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS USIMINAS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6651", "8114")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6651", "SUCATA DE MÓVEIS, APROXIMADAMENTE 3 TON, USIMINAS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6652", "8115")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6652", "MATERIAIS E EQUIPAMENTOS MECÂNICO DIVERSOS,  VEJA DESCRIÇÃO DE ITENS USIMINAS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.350,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6703", "8116")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6703", "ROLOS DIVERSOS AÇO E BORRACHA, DETALHE DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS - USIMINAS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>14.150,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6720", "8117")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6720", "143 PEÇAS DE INOX CHAPA, PLACAS E OUTROS,  DETALHE DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS - USIMINAS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6721", "8118")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6721", "TUBULACÃO CONVERTEDOR SISTEMA OG 4 E 5, COD. 15162744, USIMINAS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>7.600,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6722", "8119")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6722", "TUBO DIVERSOS DE INOX,  DETALHE DO LOTE ANEXO - VEJA DESCRIÇÃO DE ITENS - USIMINAS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>179</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6723", "8120")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6723", "FIO PLATINA TERMOPAR MISTURADO, PESO APROX. 3,0782 K, USIMINAS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>985</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>162.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>