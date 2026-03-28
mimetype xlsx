--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,2203 +269,1931 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67737", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67737", " VW Jetta 2.0 2011/2012 (docs pagos) - Veja vídeo")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67736", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67736", " peugeot 408 allure 2.0 2011/2012 (docs pagos) - Veja vídeo")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67719", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67719", " Lavadora Wap - 110v")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67739", "011")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67739", "1 Uni. Bebedouro - funcionando e 3 uni. purificadores")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67738", "013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67738", " Home Theater ( sem teste) ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67717", "014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67717", " 2 uni. Thermopulse ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67716", "015")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67716", " Eletrônicos diversos")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67718", "018")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67718", " Cabureteira antiga - funcionando ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68780", "019")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68780", " bicicleta peugeot ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67714", "020")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67714", " Monark tropical ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67715", "021")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67715", " Bicicleta fofita ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67722", "024")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67722", " Receiver - Onkyo ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67721", "025")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67721", " Aparelhos para senha ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68781", "027")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68781", "Aparelhos de ginástica ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68782", "031")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68782", " Aparelhos de som diversos ( sem teste) ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67720", "032")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67720", " Ar completo 24.000 btus sem uso")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68761", "035")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68761", " Ar completo 9.000 btus sem uso")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67723", "036")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67723", " Ar completo 24.000 btus sem uso")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67725", "044")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67725", " 4 uni.  Split - sem uso")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67727", "045")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67727", " 6 uni.  condicionadores e 4 uni. split")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67724", "051")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67724", " Acer 4 gb 1tb funcionando (touch pad com defeito)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67728", "052")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67728", " 2 uni. note i3 2 gb sem HD")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67726", "053")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67726", " 2 uni. note i3 2 gb sem HD")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67730", "054")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67730", " 2 uni. note i3 2 gb sem HD")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67732", "056")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67732", " 2 uni. notes i3 2gb sem HD")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67729", "057")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67729", " 1 uni. note I3 e 1 uni.  note I5 com processadores")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67731", "058")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67731", " 2 uni. notes i3 2gb sem HD")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67733", "063")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67733", " 1 uni. Pc 2 gb 200 hd e 1 uni. PC 2gb 500 HD (sem uso)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67734", "064")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67734", " 2 uni.  PCs (Sem uso)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67735", "065")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67735", " 2 uni.  PCs (Sem uso)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67741", "068")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67741", " Lote com: 6 uni. Balanças e 1 uni. Luminária ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67740", "072")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67740", " 3 uni. Tela de projetor elétrica")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67742", "073")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67742", " Lote com: 4 uni. Tela de projetor elétrica e 2 uni. Tela de projetor Manual.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67749", "075")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67749", " 40 uni. Cadeira plástica ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67743", "076")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67743", " 5 uni. Tambores antigos 200L - bom estado")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67747", "078")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67747", " 3 Uni. CPU - sendo 2 uni. Sem uso - ligando ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67750", "079")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67750", " Lote com: 1 uni. CPU 4Gb 750HD e 1 uni. CPU 4 Gb 1 TB - Ligando")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67748", "080")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67748", " CPU AMD 8GB - 1 TB HD - Ligando")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67752", "081")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67752", " Lote com: 2 Uni.  cpu 2gb 160hd e 1 Uni. 2gb 320hd - ligando")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67745", "082")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67745", " 3 Uni. CPU - Ligando")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67746", "083")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67746", " 3 Uni. CPU - Ligando")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67744", "084")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67744", " 3 Uni. CPU - Ligando")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67751", "087")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67751", " AIO HP 19.5 completo - Sem uso")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67753", "091")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67753", " Aio HP 23 pol i5 8gb 1 TB touch-screen - Sem uso")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67754", "092")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67754", " Notebook HP 4gb 500 HD")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67755", "093")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67755", " Notebook i3 4 gb 320 HD")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67756", "098")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67756", " Notebook Acer i3 4gb ssd 240 GB ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67757", "099")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67757", " Note X2 i5 4gb ssd 128 GB touch-screen  função Tablet")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68586", "104")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68586", " Lote com: 2 uni. caixas link 10 e Flip 4 - funcionando")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67758", "108")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67758", " Notebook dell i3 4gb 320 HD (carregador)   suporte")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67759", "109")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67759", " Ap. som Sony funciona FM,CD (bom estado)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67760", "111")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67760", " Lote com: 15 uni. monitores 17 LG - Funcionando")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67761", "114")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67761", " Lote com: esteira e bicicleta ergométrica (sem teste)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67762", "129")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67762", "Lote com: 3 gôndolas e 3 balcões de aço")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67763", "131")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67763", "Lote com: 28 monitores e 10 cpus ( com avarias ) ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67764", "132")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67764", "Lote com: 7 notebooks i3 ( com avarias ) ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...144 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67765", "134")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67765", "Gamer i5 4°G 16gb ram 3 TB HD (placa gigabyte) - Funcionando")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67766", "135")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67766", "Lote com: 3 prateleiras alumínio e vidro com corrediças - 2,00x73x56")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68587", "138")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68587", " Piscina 3.20 x 1.50 ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...234 lines deleted...]
-      <c r="C30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67767", "139")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67767", "Tv monitor 32 polegadas HBUSTER")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D30" s="4" t="inlineStr">
-[...1220 lines deleted...]
-      <c r="E68" s="5" t="inlineStr">
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F68" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E70" s="5" t="inlineStr">
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68762", "140")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68762", " Cpu completa i3 2 GB ram 500 HD(funcionando)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F70" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E71" s="5" t="inlineStr">
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68767", "141")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68767", " Cpu completa i3 2 GB ram 500 HD (funcionando)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F71" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E72" s="5" t="inlineStr">
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68766", "142")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68766", " Cpu completa i3 2 GB ram 500 HD (funcionando)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F72" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E73" s="5" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68768", "143")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68768", " Cpu completa i3 2 GB ram 500 HD(funcionando)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F73" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E74" s="5" t="inlineStr">
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68763", "144")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68763", " Cpu completa i3 2 GB ram 500 HD (funcionando)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F74" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E75" s="5" t="inlineStr">
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68764", "145")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68764", " Cpu completa i3 2 GB ram 500 HD (funcionando)")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F75" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E76" s="5" t="inlineStr">
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68769", "146")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68769", " Cpu completa i3 2 GB ram 500 HD (funcionando)")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F76" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68765", "147")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68765", " Cpu completa i3 2 GB ram 500 HD (funcionando)")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>