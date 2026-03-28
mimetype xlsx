--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,2747 +269,2407 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67827", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67827", " Diferencial e Tander de: XCMG e SHANTUI com correntes e pinças de freio. Equipamentos Chineses. No estado que se encontra .")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67826", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67826", " 02 eixos para carroção um com fecho de mola , outro com roda dupla 4 pneus em bom estado. No estado que se encontra.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67829", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67829", " 35 cilindros Hidráulicos montados completos , equipamentos:SANY,CATERPILLAR,XCMG. No estado que se encontra.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67828", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67828", " Cantos de lâminas. Canto de concha, unhas e suportes para equipamentos: CATERPILLAR e outros. No estado que se encontra.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67833", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67833", " Pinos diversos (sem uso) para equipamentos: HYUNDAI, XCMG, SHANTUI, KOMATSU e CATERPILLAR. No estado que se encontra.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67831", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67831", " Lote de pinos usados para diversos equipamentos.No estado que se encontra .")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67866", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67866", " Buchas diversas (sem uso) para equipamentos diversos: HYUNDAI, XCMG, SHANTUI, KOMATSU, CATERPILLAR, etc. No estado que se encontra.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67841", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67841", " Barras de direção para caminhões: VOLKSWAGEM, MERCEDES BENZ, VOLVO. Peças Sem uso. Aproximadamente 150 itens. No estado que se encontra.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67865", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67865", " Transmissões,cardans diversos sem uso, aproximadamente 23 peças.No estado que se encontra.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67832", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67832", " Buchas,calços,coxins para caminhões diversos.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67850", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67850", " Rodas,aros diversos para caminhões.No estado que se encontra.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67830", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67830", " Carcaças de embreagens diversas para caminhões. Sem uso. No estado que se encontra.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67871", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67871", " Suporte de patins de freio e S. Sem uso diversos. No estado que se encontra.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67861", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67861", " Carcaças de planetária, planetárias, pião, engrenagens, matérias para caixas de marchas ZF para caminhões diversos. No estado que se encontra.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67834", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67834", " Engenhos de porta, elétricos limpadores de pára-brisa, calhas para caminhões diversos. No estado que se encontra.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67859", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67859", " Patins de freios diversos sem uso,F.1000, F.4000, caminhões diversos. No estado que se encontra.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67857", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67857", " Materiais para cabines, VOLKSWAGEM CONSTELLATION, MERCEDES BENS e outros. Estribos, paralamas, ponteiras, assoalho, perfil, molduras dos faróis.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67849", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67849", " Impressora alys 30 , plotter desativada. No estado que se encontra.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67852", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67852", " Discos de embreagem,platôs e colares para caminhões diversos, sem uso. No estado que se encontra.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67837", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67837", " Suportes de cabines VOLKSWAGEM originais diversos. No estado em que se encontra.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67870", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67870", " Tampas modernas,acabamentos,perfil,Carlotas antigas,Caminhões diversos.No estado que se encontra.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67863", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67863", " Cuícas de freios. No estado que se encontra.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67853", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67853", " Suportes de feixe de molas.No estado que se encontra.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67864", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67864", " Fitas de freios ,pastilhas para caminhões diversos. No estado em que se encontra.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67860", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67860", " Borrachas de cilindros de rodas diversas.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67846", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67846", " Chapas para recuperação de cabines, MERCEDES BENZ. No estado em que se encontra.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67867", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67867", " Mangueiras diversas para máquinas e caminhões.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67842", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67842", " Peças para motores diversos, SCANIA, MWM, VOLVO.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67851", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67851", " Correias diversas Caminhões e Máquinas. No estado que se encontra.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67840", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67840", " Amortecedores de caminhões diversos sem uso. No estado que se encontra.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67856", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67856", " Material elétrico para montagem de alternador, motor de partida, válvulas, solenóides,solenóides de parada, sem uso. No estado que se encontra.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67858", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67858", " Suportes de cruzetas diversas para caminhões,sem uso.No estado que se encontra.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67847", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67847", "Colunas diversas de direção para caminhões VOLKSWAGEM. Originais. Sem uso. No estado que se encontra.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67843", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67843", " Polias diversas para caminhões, sem uso. No estado que se encontra.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67848", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67848", " Lanternas, faróis, lentes, sinaleiras para caminhões diversos. VOLKSWAGEM, MERCEDES BENZ, F.1000, F.4.000 e outros.  (Prateleiras não inclusas)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67845", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67845", " Tambores de freios diversos para caminhões, sem uso, aproximadamente 160 peças. No estado que se encontra.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67855", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67855", " Compressor para ar condicionado de ônibus , termo King, ingesol, com alternador e base. No estado que se encontra.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67836", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67836", " Peças diversas para TOYOTA: engrenagens, pinos, garfos, sem uso. No estado que se encontra.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67839", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67839", " Pinos de Embuchamento de eixo caminhões diversos, sem uso. No estado que se encontra.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67862", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67862", " Reparos,travas,retentores,válvulas,buchas,sem uso.No estado que se encontra.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67844", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67844", " Reparos,retentores Para caminhões diversos.No estado que se encontra.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67835", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67835", " Reparos,peças,retentores,gaxetas de caminhões e máquinas diversos,Fechaduras,tampas de escavadeiras e trincôs de portas,trava da  porta da escavadeira.No estado que se encontra.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67869", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67869", " Balão de ar,estribos em alumínio,protetor escape,peças para reforma de cabine.No estado que se encontra.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67854", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67854", " Peças sem uso para reforma de cabines, assoalhos, estribos, carcaça dos filtros de ar, suportes escapamentos, canos para escape, tubulações, balão. Para caminhões: MERCEDES BENZ e VOLKSWAGEM. No estado que se encontra.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67838", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67838", " Mangotes diversos para caminhões e máquinas.No estado que se encontra.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67872", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67872", " Molas diversas para freios e outros sistemas.No estado que se encontra.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67868", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67868", " Rolamentos industriais,máquinas e caminhões,sem uso.No estado que se encontra.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67876", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67876", " 4 Rodas ZL 50 ,equipamento chinês,No estado que se encontra.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67873", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67873", " Parafusos,arruelas,porcas,graxeiros diversas medidas.No estado que se encontra.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67875", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67875", " Parafusos,porcas diversos,No estado que se encontra.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67874", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67874", " Parafusos,porcas,travas,arruelas,prisioneiros.No estado que se encontra.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67882", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67882", " Travas de máquinas,pinos,parafusos.No estado que se encontra.")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67879", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67879", " Parafusos,tarugos prisioneiros,parafusos de rodas de caminhões.No estado que se encontra.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67881", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67881", " Parafusos de lâmina de corte,para equipamentos  ATERPILLAR diversos.No estado que se encontra.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67878", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67878", " Discos de freios diversos,No estado que se encontra.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67883", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67883", " Roldanas,buchas,celeron,Equipamento ZM 800.No estado que se encontra.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67877", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67877", " Mangueiras especias diversas,para diversos tipos de Maquimas e Equipamentos.No estado que se encontra.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67884", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67884", " Cubo raiado antigo,sem uso.No estado que se encontra.")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67880", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67880", " Cubos de rodas diversos sem uso para caminhões e reboques.No estado que se encontra.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67897", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67897", " Terminais de direção diversos caminhões:WOLKSWAGEM,MERCEDES BENZ,VOLVO,novo.No estado que se encontra.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67890", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67890", " Mangueiras,tubos e outros,para caminhões:WOLKSWAGEM, originais sem uso.No estado que se encontra.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67896", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67896", " Molas de suspensão.No estado que se encontra.")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67885", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67885", " Calhas de lâmpadas com reator,tubos e calhas.No estado que se encontra.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67894", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67894", " Correias para máquinas e caminhões e motores cummins.No estado que se encontra.")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67888", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67888", " Peças para caminhões VOLKSWAGEM. No estado que se encontra.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67898", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67898", " Juntas diversas para motores:CUMMINS,MERCEDES BENZ.Caixa de marchas,motores:CATERPILLAR,PERKLINS,MWM.No estado que se encontra.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67889", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67889", " Peças diversas para caminhão: freios e suspensão. No estado que se encontra. ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67893", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67893", " Abraçadeiras diversas,para escape,intercooler e mangote,para caminhões e máquinas.No estado que se encontra.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67891", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67891", " Peças para caminhões antigos.No estado que se encontra.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67895", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67895", " Paletas de ventilador,hélices.No estado que se encontra.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67887", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67887", " Filtro diversos para máquinas:CATERPILLAR,HYUNDAI,XCMG,SHANTUI,escavadeira diversas.No estado que se encontra.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67899", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67899", " Cabos de acelerador, cabos de passar marcha, cabos de embreagens, Caminhões: VOLKSWAGEM, VOLVO, MERCEDES BENZ. No estado que se encontra.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67886", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67886", " Engenhos de portas mecânicos diversos.No estado que se encontra.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...15 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67905", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67905", "Chicotes de parte elétrica de caminhões VOLKSWAGEM, sem uso. No estado que se encontra.")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67892", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67892", " Parafusos,travas,peças de ajuste pinos válvulas.No estado que se encontra.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67911", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67911", " Peças para carro de passeio:PEUGEOT e CINTROEN.Originais.No estado que se encontra.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67903", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67903", " Peças diversas de caminhões e máquinas MWM. Sem uso. Acelerador eletrônico. No estado que se encontra.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67907", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67907", " Braço ptiman, eixo “S” , barras de caminhões traçados Diversos.No estado que se encontra.")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67910", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67910", " Círculo e buldozer da motoniveladora SANY 190. No estado que se encontra.")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67901", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67901", " Eixo dianteiro motoniveladora SANY,190,suporte do círculo,tander do lado direito completo,escarificador completo.No estado que se encontra.")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67906", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67906", " Escarificador e eixo , motoniveladora XCMG  GR 180. No estado que se encontra.")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...149 lines deleted...]
-      <c r="D24" s="4" t="inlineStr">
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67902", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67902", " Escarificador e eixo dianteiro motoniveladora XCMG  GR 180. No estado que se encontra.")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
-[...122 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67909", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67909", " Buldozer, cilindro, suporte, capus, cabine completa. Motoniveladora GR 180, XCMG, sistema de círculo completo. No estado que se encontra.")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67904", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67904", " Acumuladores de GR 180 XCMG.No estado que se encontra.")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...2110 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67908", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67908", " Cabine 966c  CATERPILLAR . No estado que se encontra.")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>