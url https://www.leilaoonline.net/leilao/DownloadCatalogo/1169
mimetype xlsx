--- v0 (2025-11-13)
+++ v1 (2026-03-28)
@@ -269,2779 +269,2435 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70170", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70170", " Máquinas e equipamentos para cozinha industrial, padaria e restaurante    100 Itens ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70178", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70178", " Tesoura hidráulica fisame metaleira")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70136", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70136", "Forno industrial gás vapor - Ferri ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70138", "009")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70138", "Centrífuga para cavaco ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70183", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70183", " Torno revólver iram tr100 ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70182", "011")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70182", " Fresadora para produção ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70181", "013")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70181", " Compressor de 40 pés motor 7,5 cv")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70139", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70139", "Máquina de Corte e vinco - elétrica - 1 metro de boca ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70186", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70186", " Estufa para pintura eletrostática ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70187", "022")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70187", " Redutor com carretel para guincho ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70145", "031")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70145", "Coladeira, Refiladeira e destopadeira para madeira - automática Giben do Brasil")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70153", "033")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70153", " Coladeira de borda automática Homag ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70176", "035")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70176", " Guilhotina metaleira Fisame")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70165", "038")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70165", " Prensa Balancim Chinelato - 15 ton.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70147", "041")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70147", " Furadeira de coluna Kone")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70146", "042")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70146", " Retífica plana hidráulica - mesa 1000x300 mm")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70157", "045")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70157", " Fresadora CNC com ferramentas")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70164", "046")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70164", " Pinças para torno revólver de 3/4, 1. 1/2 e 2 polegadas - 600 peças")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70167", "048")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70167", " Prensa excêntrica 80 ton. Engrenada ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70156", "050")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70156", " Caixas plásticas reforçadas - 400 itens ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70162", "052")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70162", " Lote com: 2 motores monofásicos de 5 cv 1740rpm - baixa rotação - blindado - rural ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70174", "055")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70174", " Entonador de tambor hidráulico")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70149", "056")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70149", " Caldeirão gás vapor de aço inox - 150 litros ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70158", "061")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70158", " Torno Mecânico Polonês com 3 metros de barramente entre pontas - passa 600mm na placa")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70163", "064")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70163", " Torno mecânico Joenville TM 175")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70135", "066")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70135", "Máquina de Solda topo 30 Kva Soltronic ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70189", "067")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70189", "Empilhadeira automática - 4 ton. Komatso 2002")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70093", "087")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70093", " Prensa excêntrica 80 ton.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70094", "088")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70094", " Escada de alumínio 4 metros")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70097", "116")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70097", "Lote de: parafusos , porcas e arruelas - Sem uso")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70100", "119")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70100", "Auto Clave de vácuo a pressão")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70101", "121")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70101", "Lote com: 3 uni. no break ( 4, 6 e 15 kva)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70105", "135")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70105", "Tanque de aço inox - 100 litros ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70106", "136")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70106", "Fresadora router CNC com mesa ( 480mm x 780mm) ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70109", "139")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70109", "Solda projeção soltronic 100 kva")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70110", "142")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70110", "Estufa vitrine para salgados ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70111", "143")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70111", "Rosqueadeira pneumática M12 ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70112", "144")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70112", "Máquina de Solda Ultrasonica ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70114", "146")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70114", "Máquina de Solda Ultrasonica ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70115", "150")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70115", "Móveis de escritório - mesas , mesas em L e armários - Apróx 100 peças")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70118", "155")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70118", " Lote com: 8 uni. Máquinas automáticas profissionais de fazer café, chocolate e capuccino ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70119", "160")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70119", " Banco de Capacitor 50 Kva")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70120", "166")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70120", " Coifa de inox lavadora")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70117", "167")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70117", " Cantoneiras de alumínio")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70121", "168")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70121", " Centrífuga de cavaco")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70116", "171")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70116", " Gerador Com motor elétrico - 7Kva")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70123", "176")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70123", "Afiadora de rodo para Serigrafia ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70124", "178")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70124", "Lote com: 3 morsas hidráulicas ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70125", "179")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70125", "Esmeril de chicote")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70126", "181")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70126", "Serra para cortes de metais com precisão ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70129", "186")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70129", "Balança Filizola retro")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70132", "195")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70132", "Lavadora de louça industrial Netter")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70077", "202")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70077", " Espectrometro")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70076", "203")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70076", " Lote com: Apróx. 300kg de ferramentas de fresa e torno")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70075", "204")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70075", " Talha elétrica com carro ponte - 10 ton. Climber")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70072", "206")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70072", " Retífica de Copo Blanchard")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70073", "208")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70073", " Desempeno em mármore (1.30 x 1.30)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70074", "209")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70074", " Retífica cilíndrica Jones Shipman 12 12")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70083", "211")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70083", " Retífica universal Cilíndrica WmW 900x300mm")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70082", "213")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70082", " Lote com: Rolos para retífica")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70084", "214")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70084", " Ponte rolante para 1000kg - 2,40m de vão")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70081", "215")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70081", " Lote com: 6 cofres")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70078", "216")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70078", " Taque retangular de aço inox - encamisado")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70079", "217")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70079", " Esteira de aço inox")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70080", "218")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70080", " Moedor de carne industrial de inox")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70086", "220")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70086", " Rebitadeira com alimentador vibratório ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70089", "222")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70089", " Lote com: 2 uni. Batedor de cola")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70085", "223")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70085", " Esteira para cavaco")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70088", "224")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70088", " Ilha com fogão cooktop")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70091", "225")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70091", " Lote com: 1 geladeira e 1 estufa para alimentos em inox")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70428", "226")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70428", "Divisor para fresa")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70429", "227")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70429", "Máquina para cubagem")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70430", "228")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70430", "Prensa hidráulica tipo c - 30 Ton.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70431", "229")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70431", "Fresadora universal ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70432", "230")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70432", "Eletro erosão edm engespark 60mm")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70433", "231")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70433", "Lote com: 2 transformadores de 10 Kva 380/220 ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70434", "232")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70434", "Prensa hidráulica 4 colunas luxor 60 Ton com aquecimento")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70435", "233")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70435", "Afiadora para serra Vollmer")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70436", "234")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70436", "Fresadora universal vigorelli fu33 ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70437", "235")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70437", "Serra frango hidráulica")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D90" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...95 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70438", "236")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70438", "Cabeçote chaveteiro para fresa ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70439", "237")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70439", "Afiadora Mello")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70440", "238")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70440", "Plaina de mesa 3 metros ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70441", "239")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70441", "Retifica 2 em 1 plana e blanchard mesa 200mm")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70442", "240")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70442", "Jato de areia blastibras")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...2494 lines deleted...]
-      </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70443", "241")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70443", "Misturador em y de inox")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>