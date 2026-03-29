--- v0 (2025-11-13)
+++ v1 (2026-03-29)
@@ -269,4251 +269,3723 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6804", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6804", " 082-1071-2017 -  PÁ CARREGADEIRA VOLVO - L70D, ANO 2002 - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>223</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6803", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6803", " 082-1076-2017 -  PÁ CARREGADEIRA CARTEPILLAR / 988B, ANO 1993 - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>139.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6849", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6849", " ITA-003-2017 - RETROESCAVADEIRA CARTEPILLAR 365CL -  ANO: 2007 - VEJA DESCRIÇÃO DE ITENS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>113.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6655", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6655", " ITA-004-2017 - TRATOR DE ESTEIRA KOMATSU D375AX5 - 525HP - ANO: 2007 -")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6701", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6701", " ITA-005-2017 - RETROESCAVADEIRA VOLVO EC360BLC - 265HP - ANO: 2007 - ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6670", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6670", " SLS-EQ-009-2017 - CATERPILLAR 962 G 10 TON - ANO: 2002")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6669", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6669", " SLS-EQ-007-2017 - GUINDASTE MANUAL DE TRILHO - ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6828", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6828", " ITA-031-2017-  EMPILHADEIRA/ SCHNEIDER - 65597 - ANO 2006 VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>6.150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6851", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6851", "SSG-008-2017 - CAMINHONETE MITSUBISHI, ANO/MO 2003/04, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6850", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6850", "SSG-028-2016 - CAMINHONETE MITSUBISHI, ANO 2006 VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6911", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6911", "082-1082-2017 -  RANDON / 1621 REBOQUE PRANCHA, ANO 1997, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>47.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6853", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6853", "SSG-002-2017 - MOTO HONDA HONDA BROS NXR, ANO 2005/06, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6855", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6855", "ITA-052-2017- CAMINHÃO SCANIA/P124 CB 8X4 4NZ 42;ANO 2005/06, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6871", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6871", "SLS-HCQ-1098_2017- CAMINHÃO MBENZ L 1620 MUNCK/ ANO 2005")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6858", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6858", "ITA-037-2017-  EMPILHADEIRA JUNGHEINRICH; MOD. DFG540;ANO 2006, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6859", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6859", "ITA-046-2017- EMPILHADEIRA DE CARGAS MADAL/ ANO 1994, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>20.350,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6854", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6854", "ITA-035-2017 - EMPILHADEIRA JUNGHEINRICH;ANO 2006, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>6.950,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6860", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6860", "ITA-036-2017 - EMPILHADEIRA ELETRICA LINDE; MOD. R1120 200KG, ANO 2006, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6862", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6862", "ITA-047-2017- GUINDASTE GROVE YB44092-10TON/ANO 1970, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10.700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6861", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6861", "ITA-045-2017 - GUINDASTE VEICULAR ARGIS/MOD.16.5/ANO 2006, VEJA DESCRIÇÃO DE ITENS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6907", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6907", "SLS-JVB-3081-2017 - SPRINTER, ANO 2005 - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6895", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6895", "082-1081-2017 - CAMINHÃO MERCEDES BENZ / 1720 MUNCK, ANO 2004, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6734", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6734", " SLS-EQ-014-2017 - M.BENZ L1418 - ANO: 1990 -")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6954", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6954", " CKS-JUS9408-2017  - CAMINHÃO CARROCEIRA M.BENZ/L 1620 - ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6730", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6730", " SSG-006-2017 - PALIO FIAT ELX - ANO: 2005/2006")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.550,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6806", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6806", " MUT-008-2017 - VOLKSWAGEN/GOL 1.6 , ANO 2004 -  VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6805", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6805", " MUT-009-2017 - VOLKWAGEN/ GOL 1.8, ANO 2001 -  VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6800", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6800", " MUT-004-2017 - FORD/RANGER 2.3 XL 4X2 - ANO: 2001 - COMB. GASOLINA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6799", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6799", " MUT-005-2017 - FORD/RANGER XLT 15X - ANO: 2001 -  COMBUSTIVEL GASOLINA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6801", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6801", " MUT-MBR-006-2017 - GM/AMBULANCIA SPACE VA, ANO 1997,  VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6955", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6955", "SSG_003_2017 - EMPILHADEIRA DE CARGAS CLARK CMP50SD CLARK - ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6894", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6894", "082-1080-2017 - FORD / CARGO 1722, TANQUE PIPA GUINDAUTO, ANO 2003, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6908", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6908", "082-1073-2017 -   6 CONCHAS DE PÁ CARREGADEIRA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6736", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6736", " IAV-1051-2016 - HONDA/NXR 150 BROS KS - ANO: 2006")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6672", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6672", " SLS-EQ-006-2017 - EMPILHADEIRA AUTOMOTORA CLARK - ANO: 1986 -")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6910", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6910", "082-1074-2017 -  6 CONCHAS DE PÁ CARREGADEIRA, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.050,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6852", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6852", "SSG-009-2017 -  EMPILHADEIRA CLARCK 7T, ANO 2008, VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6912", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6912", "082-1077-2017 - 1 CAPO PARA MOTOR DE PÁ CARREGADEIRA 962H E 3 CABINE DE EQUIPAMENTOS MÓVEIS")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6913", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6913", "082-1078-2017 -  2 CAPO PARA MOTOR DE PÁ CARREGADEIRA 962H E 3 CABINE DE EQUIPAMENTOS MÓVEIS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>8.650,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6829", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6829", " ITA-027-2017- 7 - ITENS DIVERSOS, (ESMERIL, MAQUINA CINTAR, TORQUIMETRO) VEJA DISCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6826", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6826", " ITA-025-2017- 32 -  ITENS DIVERSOS ( GUINCHO P/ ESCAVADEIRA; CHAVE SECCIONADA; ISOLADOR E OUTROS) VEJA DISCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6827", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6827", " ITA-029-2017- 2 FRAGMENTADORA DE PAPEL;1 GUILOTINA ELETRICA ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6833", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6833", " ITA-024-2017-58 ITENS DIVERSOS( FILTRO COMPONENTE;CORREIA COMPONENTE; TERMINAL COMPONETE E OUTROS ) VEJA DISCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6832", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6832", " ITA-023-2017- 46 ITENS DIVERSOS APROX - (RADIADOR; CILINDRO; CAIXA COLETORA E OUTROS)  VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6836", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6836", " ITA-022-2017- 116 ITENS DIVERSOS QTD APROX. (GRAMPO; MODULO; ANEL E OUTROS) VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6831", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6831", " ITA-021-2017- 30  MANGUEIRAS APROX. COMPONENTES ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6834", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6834", " ITA-020-2017- 632 ITENS DIVERSOS APROX. ( FILTRO; DISJUNTOR; CONECTOR ) VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6835", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6835", " ITA-019-2017- APROX. 190 ITENS DIVERSOS - (CONECTOR COMPONENTES; ADAPTADOR;BICOS ) VEJA  DESCRITIVOS DE ITENS ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6671", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6671", " SLS-EQ-010_2017 - PLAINA LIMADORA ZOCCA1000 - ANO: 1986 - ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6837", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6837", " ITA-018-2017- 475 ITENS DIVERSOS APROX. -(  BOMBAS COMPONENTES; ROLAMENTOS, MOTORES) VEJA  DESCRITIVOS DE ITENS ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6909", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6909", "SLS-MRO-010-2017 - 7 TAMBOR CORR TRANSP, APROX. VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6838", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6838", " ITA-017-2017- 2000 ITENS DIVERSOS APROX.  (ROLAMENTOS; MÓDULOS E OUTROS) VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>790,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6840", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6840", " GOV-011-2017- ITENS DIVERSOS -COIFA- CORTADOR- TRITURADOR ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6839", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6839", " GOV-010-2017- COMPREENSOR ESTACIONÁRIO PATRIMÔNIO: 3094944")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6657", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6657", " SLS-EQ-002-2017 -  KARCHER BR 530 BAT - ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6841", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6841", " GOV-009-2017- PEÇAS, ACESSÓRIOS E EQUIPAMENTO DE OFICINA, 1 MÁQUINA DE MONTAR MANGUEIRA")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6656", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6656", " MARI- PE001-2017 - DERRICK / K48-90F-3 - ANO: 1996  - ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6658", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6658", " MARI- PE002-2017 - DERRICK / 2SG480W15TK - ANO: 2000 - ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6728", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6728", " SLS-EQ-016-2017 - ESTUFA FR 212-05 - ANO: 1986 - ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6674", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6674", " TIG-005-2016 - 15 PLACAS DESG MET CARB CROM, ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6731", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6731", " SLS-EQ-008-2017 - ESMERIL RETO 220V GGS6  0601214114 - ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6659", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6659", "OIA-MRO-03-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV E OUTROS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6660", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6660", "OIA-MRO-04-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV E OUTROS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6661", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6661", "OIA-MRO-05-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV E OUTROS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6663", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6663", " OIA-MRO-06-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV, E OUTROS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6662", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6662", "OIA-MRO-07-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV E OUTROS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6664", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6664", "OIA-MRO-08-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV E OUTROS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6665", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6665", " OIA-MRO-09-2017 - 2 TRANSFORMADOR DE CORRENTE 245KV, QDR-245 AUREA  E OUTROS ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6666", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6666", " OIA-MRO-10-2017 - 2 TRANSFORMADORES DE CORRENTE 245KV, QDR-245 AUREA  E OUTROS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6667", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6667", " OIA-MRO-11-2017 - 2 TRANSFORMADORES DE CORRENTE 245KV, QDR-245 AUREA E OUTROS ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6668", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6668", "OIA-MRO-12-2017 - 1 TRANSFORMADOR DE CORRENTE 245KV, QDR-245 AUREA  E OUTROS ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6675", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6675", " OIA-MRO-13-2017 - 1 TRANSFORMADOR DE CORRENTE 245KV QDR-245 - AUREA  E OUTROS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6673", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6673", " OIA-MRO-14-2017 - 5 VÁLVULAS BORBOLETA 30"  E OUTROS")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6676", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6676", " OIA-MRO-15-2017 - 14 PÁRA RAIOS DE MÉDIA TENSÃO POLIM D30 PI-3  -")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6677", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6677", " OIA-MRO-16-2017 - 14 PÁRA RAIOS DE MÉDIA TENSÃO POLIM ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6681", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6681", " OIA-MRO-17-2017 - 14 PÁRA RAIOS DE MÉDIA TENSÃO POLIM ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6678", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6678", " OIA-MRO-18-2017 - 14 PÁRA RAIOS DE MÉDIA TENSÃO POLIM D30 PI-3")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6679", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6679", " OIA-MRO-19-2017 - 14 PÁRA RAIOS DE MÉDIA TENSÃO POLIM")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6682", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6682", " OIA-MRO-20-2017 - 10 PÁRA RAIOS DE MÉDIA TENSÃO POLIM")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6680", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6680", " TIG-018-2016 - MANGUEIRAS, COMPONENTES ELETRONICOS, ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6683", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6683", " CKS-MRO-001-2017 - 9 ADAPTADORES; APLICACAO: CAMINHAO")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6843", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6843", " GOV-007-2017- RODA COMPONENTE; EIXO COMPONENTE - VEJA DISCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6842", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6842", " GOV-006-2017-10 ITENS DIVERSOS( CABEÇOTES COMPONENTES, MANGOTES E OUTROS) VEJA DISCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6844", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6844", " GOV-005-2017- 33 ITENS DIVERSOS (VENTILADOR COMPONENTE, VENTONHA E OUTROS )")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6692", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6692", " ITA-006-2017 - COMPONENTES DE FIXAÇÃO,     ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6690", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6690", " ITA 007-2017 - COMPONENTES ELETRONICOS DIVERSOS    ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6846", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6846", " GOV-004-2017- 119  ITENS DIVERSOS ( ENGRENAGENS; RODETES,CILINDROS COMPONENTES)- VEJA DISCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6691", "089")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6691", " ITA-008-2017 - EIXO COMPONENTE; CAPA COMPONENTE;     ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6845", "090")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6845", " GOV-003-2017- 17 ITENS DIVERSOS ( VALVULAS, CAIXAS COMPONENTES  E OUTROS)- VEJA DISCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6693", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6693", " ITA-011-2017 - COROA  COMPONENTE ; TELA  COMPONENTE ;     ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6847", "092")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6847", " GOV-002-2017- 61 ITENS DIVERSOS ( ANEIS, MANGUEIRAS E OUTROS)- VEJA DISCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6726", "093")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6726", " ITA-014-2017 - CINTA COMPONENTE; COROA  COMPONENTE ;      ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6694", "094")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6694", " ITA-015-2017 - PARAFUSO  COMPONENTE ; PORCA  COMPONENTE;    VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6848", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6848", " GOV-001-2017 - 34 ITENS DIVERSOS (FILTROS E ELEMENTOS )- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6807", "096")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6807", " 082-1072-2017 -  1 ANALISADOR DE GASES , 1 MUFLA PARA ENSAIOS DE CREPITAÇÃO -MARCA: COMBUSTOL / ANO 2003")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6685", "097")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6685", " SLS-EQ-003-2017 - DESIGNJET 44" - ANO: 2015 - ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6732", "098")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6732", " MUT-054-2016 - DESKTOP LENOVO (MICROCOMPUTADOR COMPLETO), ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6684", "099")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6684", " MUT-055-2016 - 20 ESTACÕES DE TRABALHO L  - ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6686", "100")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6686", "MUT-056-2016 - 17 ESTACOES DE TRABALHO L  -")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6689", "101")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6689", " MUT-057-2016 - 3 CADEIRAS ESTOFADA ESPALDAR,")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6733", "102")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6733", " MUT-059-2016 - 6 CADEIRAS AUDITORIO ESPALDAR, ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6688", "103")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6688", " MUT-002-2017  - 3 ESTACÕES DE TRABALHO L")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6695", "105")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6695", " SLB-159-2016 - REVESTIMENTO CAIXA ALIMENT;53-287767-500;   VEJA DESCRIÇÃO DETALHA DE ITENS  ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6696", "106")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6696", " SLB-001-2017 - PEÇAS E MANGUEIRAS CAT PARA MAQUINAS PESADAS, VEJA DESCRIÇÃO DE ITENS     ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6700", "108")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6700", " SLB-002-2017 - ESPACADOR COMPONENTE; TIPO: LUVA; ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6697", "109")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6697", " SLB-003-2017 - TAMPA DY53501A-DCI FLOWSERVE; CALCO ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6729", "110")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6729", " SLB-004-2017 - UNIAO COMPONENTE; TIP;907 045 40 ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6698", "111")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6698", " SLB-005-2017 - REVESTIMENTO LATERAL 1º DE;53-386123-500; ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6699", "112")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6699", " SLB-006-2017 - GUARNICAO COMPO; 1619 2795 00 ATLAS ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6891", "113")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6891", "SLS-MRO-007-2017 - 395 ITENS DIVERSOS- (DESENHO PAD CL SLB; PINO COM DESENHO; ENGRENAGEM E OUTROS) VEJA DESCRITIVOS  ITENS")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6884", "114")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6884", "SLS-MRO-001-2017- 690 ITENS DIVERSOS - (CORREIA, ANEL, RESISTÊNCIA E OUTROS) VEJA ITENS DESCRITIVOS ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6885", "115")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6885", "SLS-MRO-002-2017- 23 ITENS DIVERSOS ( MOTO REDUTOR; ROTOR COMPONENTE; PLACA COMPONENTE E OUTROS ) VEJA ITENS DESCRITIVOS ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>4.350,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6886", "116")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6886", "SLS-MRO-003-2017- 881 ITENS DIVERSOS APROX. (ANEL COMPONENTE; REPARO TOK B K30 M ; MANCAL INFERIOR E OUTROS) VEJA ITENS DESCRITIVOS ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6888", "117")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6888", "SLS-MRO-004-2017- 166 ITENS DIVERSOS (COXIM; DISJUNTOR; SENSOR . E OUTROS)  VEJA  DESCRITIVOS ITENS")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6889", "118")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6889", "SLS-MRO-005-2017- 5987 - ITENS DIVERSOS, (DISPOSITIVO CO; PISTA; ANEL COMPONENTE E OUTROS) VEJA  DESCRITIVOS ITENS")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6890", "119")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6890", "SLS-MRO-006-2017- 389 - ITENS DIVERSOS, (CAIXA REP JUNCAO; ELEMENTOS ELASTICOS; FREIO  E OUTROS) VEJA  DESCRITIVOS ITENS")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6892", "120")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6892", "SLS-MRO-008-2017 - 324 ITENS DIVERSOS - (PROTEÇÃO COMPONENTE; MODULO ELETR; VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6893", "121")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6893", "SLS-MRO-009-2017- 661  ITENS DIVERSOS APROX. - (REPARO SP 628 KNORR- BREMSE, CORDAO FIBRA E OUTROS) VEJA DESCRITIVOS  ITENS ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6870", "122")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6870", "SSG-007-2017- 113 ITENS DIVERSOS ( DISJUNTOR 6A, ADAPTADOR MACHO; 32K MONOP; LAMINA FRISAR E OUTROS ) VEJA ITENS DISCRITIVO")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6865", "123")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6865", "ITA-050-2017- 2 CAMERA FOTOGRAFICA DIGITAL SONY/")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6866", "124")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6866", "ITA-051-2017- 3 FRITADEIRA ELETRICA EM AÇO INOXIDAVEL ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6863", "125")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6863", "SLS-EQ-001_2017 - 2  MICROONDAS ELETROLUX ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6864", "126")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6864", "ITA-048-2017- MAQUINA DE MONTAR CONEXÕES  PERMANENTE EMEPRE SOG")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>5.150,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...303 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6867", "127")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6867", "ITA-033-2017 - 3 AR CONDICIONADO SPRINGER 17.500 BTU'S")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6868", "128")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6868", "ITA-034-2017- 1 MESA RETANGULAR; 1 ESTAÇÃO DE TRABALHO")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6869", "129")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6869", "ITA-032-2017 -PROCESSADOR INDUSTRIAL DE ALIMENTOS ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6830", "130")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6830", " ITA-030-2017- RETROJETOR 3M")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6825", "131")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6825", " ITA-028-2017-  APROX. 13 -  ITENS DIVERSOS (ALICATE AMPERIMETRO ; RECEPTOR GPS ;ALICATE AMPERÍMETRO E OUTROS ) ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6950", "132")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6950", "ITA-026-2017 - 17 GAVETEIRO VOLANTE E 2 CADEIRA , QDT APROX.")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6951", "133")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6951", "ITA-042-2017 - 11 MESA - REFEITÓRIO E 44 CADEIRAS")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...565 lines deleted...]
-      <c r="D46" s="4" t="inlineStr">
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6952", "134")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6952", "ITA-043-2017 - 9 MESA - REFEITÓRIO E 36 CADEIRAS ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E46" s="5" t="inlineStr">
-[...543 lines deleted...]
-      <c r="E63" s="5" t="inlineStr">
+      <c r="E141" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F63" s="4" t="inlineStr">
-[...2494 lines deleted...]
-      </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6953", "135")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6953", "ITA-044-2017 - 10 MESA - REFEITÓRIO E 40 CADEIRAS")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>