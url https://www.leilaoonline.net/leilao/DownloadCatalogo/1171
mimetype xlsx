--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1883 +269,1651 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68746", "200")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68746", "FIAT; STILO SPORTING FLEX; 2007/2007; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>14.200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68750", "201")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68750", "veja o vídeo!! I/AUDI A3 LM 180CV; 2013/2014; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68734", "202")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68734", "veja o vídeo!! I/HYUNDAI; SONATA GLS; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>34.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68876", "203")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68876", "veja o vídeo!! I/MINI COOPER SCA; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>62.600,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68759", "204")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68759", "I/MMC; ASX 2.0; 2011/2012; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>36.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68756", "205")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68756", "veja o vídeo!! TOYOTA; ETIOS HB XS; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>21.100,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68747", "206")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68747", "veja o vídeo!! TOYOTA; ETIOS HB X; 2016/2016; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>24.400,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68758", "207")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68758", "I/MMC; ASX 2.0; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68736", "209")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68736", "veja o vídeo!! HONDA; CIVIC EXS; 2006/2007; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68753", "210")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68753", "I/KIA; SPORTAGE EX3 2.0G4; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>33.850,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68739", "211")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68739", "veja o vídeo!! I/FORD; RANGER XL 13P; 2011/2012; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>38.300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68751", "212")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68751", "MMC; L200 4X4 GLS; 2005/2005; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68875", "213")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68875", "veja o vídeo!! I; LEXUS LS 400 V8; 1998/1998; PRETO; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68874", "214")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68874", "veja o vídeo!! I/GM; CAPTIVA SPORT AWD; 2009/2010; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>22.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68748", "215")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68748", "veja o vídeo!! I/NISSAN; MARCH 16S FLEX; 2012/2013; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>16.300,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68929", "216")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68929", "veja o vídeo!! XT 660R; 2008 - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.700,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68740", "217")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68740", "FIAT; IDEA ADVENTURE 1.8; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68738", "218")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68738", "veja o vídeo!! DAFRA; CITYCOM 300I; 2018/2018; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>10.900,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68873", "219")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68873", "HONDA; FIT LX; 2006/2007; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68741", "220")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68741", "HONDA; FIT EX CVT; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>42.100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68760", "221")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68760", "HONDA; FIT EX; 2008/2008; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68742", "222")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68742", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>11.050,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68872", "223")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68872", "veja o vídeo!! RENAULT; SANDERO SW1616VA; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>19.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69078", "224")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69078", "veja o vídeo!! HYUNDAI; HB20S 1.0M COMF; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>32.750,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69107", "225")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69107", "HONDA; FIT TWIST; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69108", "226")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69108", "FIAT; UNO VIVACE 1.0; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68743", "227")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68743", "HONDA; CIVIC LXL; 2004/2005; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68878", "228")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68878", "GM; S10 2.2 RONTAN AMB; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>7.050,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68877", "229")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68877", "FORD; WILLIAM COURIER AMB; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68755", "230")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68755", "IVECO; DAILYCAMPO3510 CC1; 2004/2005; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>21.350,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68936", "231")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68936", "VW; FOX 1.0 GII; 2011/2011; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69114", "232")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69114", "HONDA; FIT EX; 2006/2007; DOURADA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69139", "233")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69139", "veja o vídeo!! FIAT; PALIO ATTRACTIV 1.0; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69119", "250")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69119", "NISSAN; LIVINA 16S; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>14.950,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69115", "251")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69115", "I/LR; DISCOVERY3 TDV6 HSE; 2007/2007; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69118", "252")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69118", "FIAT/ WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>24.150,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69125", "253")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69125", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL. - FROTA 240")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>10.950,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69123", "254")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69123", "FIAT; DOBLO RONTAN AMB2; 2012/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>20.300,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69120", "256")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69120", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL; MOTOR DESMONTADO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>28.005,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69121", "257")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69121", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL; MOTOR DESMONTADO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>22.750,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69122", "258")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69122", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL; MOTOR DESMONTADO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>26.750,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69117", "259")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69117", "I/VW; PASSAT VAR 2.0T FSI; 2008/2009; PRETA; GASOLINA; POSSUI 86.000KM- FUNCIONANDO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>16.400,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69116", "260")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69116", "I BMW; X5 4.8 FE81; 2007/2007; PRETA; GASOLINA; 7 LUGARES - FUNCIONANDO; IPVA 2020 PAGO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>1150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69124", "261")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69124", "FIAT; PALIO WK TREKK 1.6; 2013/2014; PRATA; ALCO./GASOL. - FROTA G54 ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69126", "262")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69126", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL.- FROTA 520")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>11.150,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69138", "263")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69138", "veja o vídeo!! RENAULT; LOGAN EXP 1016V; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>15.150,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69137", "264")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69137", "veja o vídeo!! FIAT; UNO MILLE WAY ECON; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68735", "300")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68735", "VW; PARATI 2.0; 2000/2001; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68744", "301")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68744", "veja o vídeo!! VW; GOL GTS; 1988/1989; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68737", "302")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68737", "vídeo novo!! GM; MONZA SL/E; 1984/1984; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68745", "303")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68745", "veja o vídeo!! VW; FUSCA 1300; 1984/1984; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68757", "304")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68757", "veja o vídeo!! VW; FUSCA 1300; 1982/1983; BEGE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68752", "305")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68752", "VW; FUSCA 1200; 1965/1965; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68754", "306")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68754", "veja o vídeo!! VW; FUSCA 1300; 1982/ 1982; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68749", "307")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68749", "VW; FUSCA 1300; 1975/1975; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68871", "308")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68871", "VW; GOL BX; 1986/1986; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>8.650,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68870", "309")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68870", "VW; FUSCA 1600; 1995/1995; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>19.400,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69079", "310")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69079", "veja o vídeo!! VW/VW FUSCA 1300; 1976/1976; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>