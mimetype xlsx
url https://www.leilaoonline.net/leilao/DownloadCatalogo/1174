--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,3963 +269,3471 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70474", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70474", " Empilhadeira Elétrica Linde R16 8.300MM - Com 2 baterias e 1 carregador")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70473", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70473", " Motor de partida Perkins")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70475", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70475", " Rebocador jacto RB 30 2012 com 3 baterias - Sem Banco")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70486", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70486", " Codificadora MARKEM IMAJE 9030, com pés de apoio")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70483", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70483", " Carregador de bateria estacionaria 24/80V")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70485", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70485", " Carregador de bateria estacionaria 24/80V")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70481", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70481", " Carregador de bateria estacionaria 48/120V")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70477", "101")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70477", " Auto transformador a seco, capacidade 1000 kVA - Marca: Blutrafos, tipo ATT, ano 2014, 1150kg, entrada 4.368v, 1400mm x 1100mm x 2200mm - Funcionando 100%")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70487", "102")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70487", " Torno Mitto, barramento 1m, carcaça faltando peças, sem motor")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70480", "103")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70480", " Torno Mitto, barramento 1m, carcaça faltando peças, com motor")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70482", "104")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70482", " Carcaça torno Mitto, barramento 1m")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70476", "105")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70476", " Lote de acessórios para marcenária, esquadrias de alumínio e vidro, aproximadamente 950 peças - Roldanas, corretiças, fechaduras, travas e outros")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70484", "106")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70484", " Afiador de broca pneumático, refrigeração a água")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70489", "107")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70489", " Mangueiras industriais hidráulicas, diversos tamanhos e aplicações")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70478", "108")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70478", " Coifa em inox 304 para alimentador de moinho, comprimento 980mm, largura 570mm, base altura 860mm")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70490", "109")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70490", " Lingas de cabo de aço")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70479", "110")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70479", " Curvador de tubos, diversas marcas, 7 unidades, sem matrizes")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70491", "111")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70491", " Gerador a Diesel, capacidade: 8 KVA, 1800 RPM, Saída: 127V/230V e 230V trifásico")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70488", "112")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70488", " Portas de alumínio, 02 unidades, 2,95m de altura com 1,90m de largura")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70492", "113")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70492", " Caixas de passagem para disjuntores e conectores de ferro e plástico, com lote de espelhos, aproximadamente 70 itens")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70493", "114")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70493", " Luvas nitrica, Volk Brasil, Volknit malha, Tamnho G: 83 Pares - Tamanho M: 79 Pares")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70494", "115")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70494", " Botas em PVC, a partir do N°40, Brancol e outras marcas, aproximadamente 93 pares")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70496", "116")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70496", " 6 Exaustores: 1 exaustor coletor duplo com 1cv, 5 exaustores 0,5cv 220v")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70498", "117")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70498", " Braço articulado para exaustão, 6 unidades")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70495", "118")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70495", " Coifas de borracha, para cabeamento de portas de veículos, aproximadamente 500 unidades, lado esquerdo e direito")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70497", "119")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70497", " Máquina de solda, Balmer Merkle, BR 425A")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70503", "120")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70503", " Máquina de solda, Balmer, SR 425")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70499", "121")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70499", " Máquina de solda, Kende, ZXE1-400, AC/DC")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70504", "122")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70504", " Máquina de solda, Bambozzi, TRR2600s, 430A")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70502", "123")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70502", " Máquina de solda, Esab super bantam 402DC, 400A")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70501", "124")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70501", " Máquina de solda, Bambozi Piccola 400T, 400A")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70505", "125")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70505", " Máquina de solda, Kende, TP330, 300A, sem uma roda")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70500", "126")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70500", " Pulverizadores de inox, 50 bicos cada, 1800mm comprimento, acionamento pneumático, 2 unidades")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70506", "127")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70506", " Valvulas de PVC, Amanco, 5/8, aproximadamente 450 unidades")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>325,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70510", "128")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70510", " Pantógrafo copiador, podendo faltar peças")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70509", "129")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70509", " Grampos, diversos tamanhos e modelos, industriais e escritório, aproximadamente 64kg")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70508", "130")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70508", " Cintos de segurança, paraquedista com talabarte, acessórios com trava de segurança, aproximadamente 28 unidades")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70511", "131")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70511", " Descascador de legumes, Metvisa, modelo DBCA10, bivolt, diâmetro interno: 420mm, altura: 700mm")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70512", "133")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70512", " Bomba centrífuga para água, motor de fusca 1500, podendo faltar peças")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70513", "134")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70513", " Bomba de transferência de combustível, acompanha mangueira e conexões, podendo faltar peças")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70514", "135")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70514", " Batedeira elétrica planetária, marca: Venâncio, modelo: VBP12, 6 velocidades, 220v")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70517", "136")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70517", " Redutor de velocidade, Cestari, redução 1/16.9 (1:17), rotação 1750 rpm, P/ motor de 138 cv")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70516", "137")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70516", " Sonda rotativa perfuradora de solo, marca: Sondeq, modelo: SS 41, capacidade de furo BQ, profundidade 300m, horas trabalho: 11824 horas")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70515", "138")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70515", " Bombas centrífugas, marca: Flowserve, tamanho 4 x 3 x 10, Diâmetro rotor 8.80")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70518", "139")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70518", " Calandra para papelão, largura do rolo 1130mm, 2 rolos, sem acionamento, sem motor, podendo faltar peças")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70519", "140")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70519", " Coifa distribuidor de vapor, diâmetro: 750mm, largura: 2900mm, altura: 1700mm, composição de ferro, inox e alumínio, sem motor, sem exaustor")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70520", "141")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70520", " Acumulador de tubetes para papel higiênico, largura útil: 2900mm, profundidade 2000mm, sem motor e parte elétrica")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70521", "142")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70521", " Prensa hidráulica enfardadeira para papel, marca: Hidraumak, medida aproximada para os fardos: 700 x 800 x 700mm")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70522", "143")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70522", " Clamps para empilhadeira hidráulica, altura: 700mm, abertura de pega: aproximadamente 1500mm")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70530", "144")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70530", " Exaustor duplo, motor Weg 40cv, 1750rpm, largura do quadro: 1300 x 1300 x 1300mm, altura total: 1800mm")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70525", "145")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70525", " Correia transportadora, 16” largura, 5/8” espessura, 45m comprimento, 5 lonas")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70524", "146")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70524", " Rolamento auto compensador de rolo, SKF 23248 CCK/ W33, 240mm inteno, 440mm externo, 160mm altura, peso 105 kg, sem uso")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70528", "147")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70528", " Caldeira a óleo automática, marca: Termus, modelo: 100.40/3 C.TOB, pressão de trabalho 10 kgf/ cm2, pressão de prova 15 kgf/ cm2, ano 31/07/80")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70529", "148")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70529", " Cilindro monolucido de chapa, medidas da face 1550mm, diâmetro 2500mm, peso aproximado 4,5 tons")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70526", "149")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70526", " Depurador centrífugo de celulose, polia com 5 canais, interno inox, rotor 900mm comprimento, sem motor")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70527", "150")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70527", " Prensa desaguadora, Acompanha 4 pistões, sem comando, capacidade 600 tons, faltando peças")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70523", "151")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70523", " Acumulador de LOG, para 98 unidades de LOGs, largura: 2800mm, altura: aproximado 8m, com motores e redutores, acompanha mesa")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70532", "153")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70532", " Correias diversas, perfil A ; B ; C e outras, aproximadamente 160 unidades")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70533", "154")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70533", " Peneiras Tamis de inox, comprimento 1720mm, largura: 998mm, peso aproximado de 400kg, 02 unidades")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70535", "155")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70535", " Eletrodo OK 53.18, 2mm espessura, 300mm comprimento, marca: Esab, 600g por embalagem, aproximadamente 120kg, R$ 50,00kg (venda por kg)")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>2.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70534", "156")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70534", " Potes de acrílico, sem tampas, externo: 66mm, interno:  59mm, altura: 27mm, aproximadamente 400 unidades")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70536", "157")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70536", " Motor 100cv, Búfalo, 4 polos 1750rpm, trifásico 220/380, revisado")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70537", "158")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70537", " Bomba contínua de pistão, com unidade hidráulica, equipamento revisado em pleno funcionamento, motor de 15CV")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70538", "159")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70538", " Clips para estruturas metálicas, Erico Caddy, aproximadamente 800 unidades")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70539", "160")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70539", " Lote de Peças Automotivas, 20 anéis de vedação, 23 pinos, 4 rolamentos de pressão, 3 buchas conversores de torque, 1 bucha de estator, jogo de tambor de embreagem (2), engrenagens (13), 1 resfriador de óleo de transmissão automática")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72545", "161")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72545", " Bomba Submersa de recalque 4”, Trifásica 3500 rpm")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72553", "162")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72553", " Bomba submersa p esgotado 4”, Trifásica 3500 rpm 380")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72554", "163")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72554", " Reguladores de pressão de inox, 04 unidades, 430mm comprimento, 100mm largura, Indústria alimentícia")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72551", "164")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72551", " Válvulas de caldeira, filtros reguladores, manômetros, válvulas pneumáticas, automação diversos")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72552", "165")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72552", " Interfaces SMART DRY, disjuntor motor AB, jogo de contatos e outros ítens, (19 itens)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72543", "166")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72543", " Disjuntor motor ALLEN-BRADLEY, 26 unidades disjuntores, chaves seccionadoras diversas")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72548", "167")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72548", " Disjuntor motor ALLEN-BRADLEY, chaves seccionadoras ABB SACE S3, 28 unidades, material elétrico")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72546", "168")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72546", " Caixa para mangueiras de incêndio de fibra, (92x30x100), suporte para extintores, 10 unidades")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72547", "169")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72547", " Servomotor LENZE, 6,30 HP TIPO MCS 14H32")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72550", "170")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72550", " Servomotor PARKER AUTOMATION, VN 33 0,47, 03 disjuntores Motor AB")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72549", "171")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72549", " Transformador monofásico WALTEC  220/380/440, 1500 VA, transformador monofásico WALTEC 1000 VA")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72544", "172")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72544", " Fresas e brocas, lote contendo fresas, brocas, porta ferramentas, alargadores, serras circulares e outros. Aproximadamente 140 kg total, valor por kg")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>2.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72726", "173")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72726", " 04 Varimot de 2cv trifásico, 01 motor de 2cv trifásico")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72727", "174")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72727", " Flanges de inox 304, 500kg aproximado")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72725", "175")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72725", " Flanges de aço carbono, diversas medidas, 50 unidades")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72731", "176")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72731", " Flanges de aço carbono 10”, 02 unidades")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72732", "177")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72732", " Flange aço carbono pescoço 18”, Flange cego Aco carbono 21” 01")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72728", "178")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72728", " Cadinho de aço carbono, 500 litros aproximado")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72733", "179")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72733", " Curvas (conexões) - aço carbono, raio longo schedule 40 de 6”, 22 unidades   02 Niples")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72735", "180")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72735", " Cornetas EVAC BOSCH, 25W 14, sem uso, 04 unidades")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72729", "181")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72729", " Buchas para rolamentos, GGL HM 3172, 04 unidades")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72734", "182")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72734", " Trocador de calor IESA 2011, 7500kg peso aproximado, aço carbono, sem uso")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72730", "183")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72730", " Cabo aço flexível 1.1/4”, 195m")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72736", "184")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72736", " Placas de isolamento DURABOARD medidas: 25,4 (1” 610x1220) 120 unid, 50,8 (2” 610x1220) 24 unid")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72753", "185")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72753", " Fita asfáltica com feltro, largura 75mm, comprimento 20m rolo, 90 unidades")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72759", "186")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72759", " Fita asfáltica com feltro, largura 100mm, comprimento 20m rolo, 50 unidades")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72755", "187")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72755", " Fita asfáltica feltro, largura 50mm, comprimento 20m, 210 unidades")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72757", "188")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72757", " Válvulas borboleta com acionamento pneumático, 02 válvulas borboleta 8” inox, 02 válvulas borboleta 10” inox, 01 válvula borboleta 8” ac, 01 válvulas 6”, e outros modelos 11 válvulas")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72752", "189")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72752", " Placas de tornos, 4 castanhas, 280mm, intercambiáveis, 12 unidades")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72756", "190")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72756", " Motor 10cv Schulz, 3000 rpm trifásico, Motor 1cv 900 rpm, trifásico 220/380")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72758", "191")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72758", " Bomba hidráulica com acionamentos direcionais VICKERS, 04 unidades")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72754", "192")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72754", " Motores 2cv, trifásico 220/380, 3500 rpm, com chave de acionamento")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72807", "200")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72807", " Hilux branca 2001")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72801", "201")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72801", " Hilux verde 1998")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>11.300,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72797", "203")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72797", " Sucata vw guincho")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72799", "204")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72799", " Empilhadeira linde AG H35")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>10.550,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72794", "205")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72794", " Guindaste 1513 - 1983")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72792", "206")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72792", " Mercedes Benz E500 2004")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72791", "207")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72791", " Ford cargo 1722 Munck IMAP 20")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>123.750,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72800", "208")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72800", " Ônibus Mercedes Benz 812 1990")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72810", "209")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72810", " Kia mohave prata 2008/09")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72808", "210")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72808", " Volvo nl 12 400 1992 6x4")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>33.250,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72796", "211")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72796", " Mercedes Benz 1218r - 2001")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72790", "212")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72790", " Mercedes Benz 1113 - 1973")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72798", "213")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72798", " Mercedes Benz 1418 - 1994 (Somente caminhão)")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72788", "214")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72788", " Iveco 2004 - sucata")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72804", "215")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72804", " Empilhadeira Toyota 10t, motor mercedes")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>30.750,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72809", "216")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72809", " Sucata de massey Ferguson (pula pula)")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>7.700,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72795", "217")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72795", " Sucata e trator valtra")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72787", "218")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72787", " Ford f-14000 pipa")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>5.150,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72802", "219")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72802", " Guindaste tadano (Somente guindaste)")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72805", "220")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72805", " Volvo n-10 340 xht 6x4")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72793", "221")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72793", " Mercedes Benz 1513 fossa")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>18.250,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72806", "222")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72806", " Mercedes Benz 1614")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72803", "223")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72803", " Empilhadeira Mitsubishi 30")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>8.150,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72789", "224")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72789", " Mercedes Benz 1113 limpa fossa ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>14.650,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72786", "225")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72786", " Mercedes Benz 1313 combinado")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...3774 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73424", "300")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73424", "Trator Valtra BH180")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>77.250,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>