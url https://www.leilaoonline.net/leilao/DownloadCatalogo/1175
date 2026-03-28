--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,4571 +269,4003 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68913", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68913", " Lote com: 32 uni. Cantoneira  - Apróx.2,00 ton. - Preço por kg")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68906", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68906", " Lote com: 27 uni. Cantoneira  Apróx. 3 ton. - Preço por kg")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3,40</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68920", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68920", " Lote com: 46 uni. Cantoneira  - Apróx 5,4 ton. - Preço por kg.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>24.390,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68926", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68926", " Lote com: 30 uni. Cantoneiras - Apróx. 4,8 Ton. - Preço por Kg")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68921", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68921", " Lote com: 22 uni. Cantoneiras - Apróx 7,7 ton. - Preço por Kg")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68923", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68923", " Lote com: 11 uni. Cantoneiras -  Apróx 6,3 Ton. - Preço por kg.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68925", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68925", " Lote com: 11 Uni. Tubo Quadrado -  Apróx. 1.1 ton. - Preço por kg.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68922", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68922", " Lote com: 11 Uni. Tubo Quadrado - 1 Uni. Retangular  - Apróx 4.2 Ton. - Preço por Kg.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68924", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68924", " Lote com: 5 Uni. Tubo Redondo - Apróx 250 kg. - Preço por kg")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68909", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68909", " Lote com: 3 Uni. Tubo Redondo - Apróx. 430 Kg. - Preço Por kg.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4,20</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68919", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68919", " Lote com: 14 Uni. Tubo Redondo - Apróx. 3 Ton. - Preço por kg.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68916", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68916", " Lote com: 7 Uni. Tubo Redondo - Apróx. 2, 3 Ton. - Preço por Kg.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68918", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68918", " Lote com: 14 Uni. Tubo Redondo - Apróx. 1,4 Ton. - Preço por kg.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68908", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68908", " Lote com: 16 Uni. Tubo Redondo - Apróx 712Kg - Preço Por Kg.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68910", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68910", " Lote com: 9 Uni. - Tubo Redondo - Apróx 1,3 Ton. - Preço Por Kg. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68917", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68917", " Lote com: 4 Uni. - Tubo Redondo - Apróx. 1 Ton. - Preço Por Kg.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68912", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68912", " Lote com: 3 Uni. - Tubo Redondo - Apróx 920Kg. - Preço Por Kg.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68914", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68914", " Lote com: 3 Uni. - Tubo Redondo - Apróx. 728Kg - Preço Por Kg")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68911", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68911", " Lote com: 4 Uni. - Tubo Redondo - Apróx. 1,9 Ton. - Preço Por Kg.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68915", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68915", " Lote com: 3 Uni. - Tubo Redondo - Apróx. 2,2 Ton. - Preço por Kg.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68907", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68907", " Lote com: 3 Uni. - Tubo Redondo - Apróx. 1,9 Ton. - Preço Por Kg.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68950", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68950", " Máq de solda Retificadora BAMBOZZI TRR 3810 NMR 800A  - Funcionando")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68944", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68944", " Máq de solda Retificadora BAMBOZZI TRR 3810 NMR 800A  - Funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68947", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68947", " Máq de solda Retificadora BAMBOZZI TRR 3810 NMR 800A  - Funcionando")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68951", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68951", " Máq de solda Retificadora BAMBOZZI TRR 3610S NMR 600A  - Funcionando")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68941", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68941", " Máq de solda Retificadora BAMBOZZI TRR 3610S NMR 600A  - Funcionando")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68958", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68958", " Lote com: 2 Uni. Virador Hidraulico de solda ZHOU XIANG YFZ-20 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68946", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68946", " Lote com: 2 uni. Posicionador de solda 60° ZHOU XIANG FZ-20 15 ton  -")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68957", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68957", " Lote com: 2 uni. Posicionador de solda 60° ZHOU XIANG FZ-20 15 ton  -")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68945", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68945", " Máquina de compor viga ZHOU XIANG PHJ 0820 1000A  - SEM USO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68960", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68960", " Máq de compor perfil ZHOU XIANG HZJ1020  -")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68949", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68949", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68959", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68959", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68954", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68954", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68942", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68942", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68953", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68953", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68956", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68956", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68955", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68955", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68943", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68943", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68952", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68952", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68948", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68948", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68961", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68961", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68962", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68962", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68963", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68963", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68964", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68964", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68965", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68965", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68966", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68966", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68967", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68967", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68968", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68968", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68969", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68969", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68971", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68971", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68977", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68977", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68970", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68970", " Mesa de rolos ZHOU XIANG  - SEM USO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68973", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68973", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68974", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68974", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68975", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68975", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68976", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68976", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68972", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68972", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68979", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68979", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68981", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68981", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68978", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68978", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68982", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68982", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68980", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68980", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68983", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68983", " Carrinho de transporte ZHOU XIANG YGJ-15 15 ton  - SEM USO")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68984", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68984", " FURADEIRA DE PISO DIAMOND CORE DRILL Z1Z-CF02-255 2600W  - SEM USO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68985", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68985", " FURADEIRA DE PISO DIAMOND CORE DRILL Z1Z-CF02-255 2600W  - SEM USO")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68986", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68986", " FURADEIRA DE PISO DIAMOND CORE DRILL Z1Z-CF02-255 2600W  - SEM USO")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68988", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68988", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68987", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68987", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68989", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68989", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68991", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68991", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68990", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68990", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68992", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68992", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68993", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68993", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68996", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68996", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68995", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68995", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69001", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69001", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68994", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68994", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68998", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68998", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68999", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68999", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68997", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/68997", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69002", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69002", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69000", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69000", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69003", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69003", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69004", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69004", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69005", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69005", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69006", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69006", " Furadeira para concreto DIAMOND CORE DRILL Z1Z-CF05-80 1500W  - SEM USO")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69007", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69007", " Chanfradeira ARC ANGLE CHAMFER MR-R300B 550W  - SEM USO")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69008", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69008", " Chanfradeira ARC ANGLE CHAMFER MR-R300B 550W  - SEM USO")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69010", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69010", " Chanfradeira ARC ANGLE CHAMFER MR-R300B 550W  - SEM USO")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69011", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69011", " Chanfradeira ARC ANGLE CHAMFER R200 250W  - SEM USO")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69028", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69028", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69031", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69031", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69032", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69032", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69033", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69033", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69034", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69034", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69035", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69035", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69036", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69036", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69037", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69037", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69038", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69038", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69009", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69009", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69040", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69040", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69043", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69043", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69047", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69047", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69044", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69044", " Chanfradeira MR CHAMFER 620W  -")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69027", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69027", " Punçonadeira CNC FIN CNC MACHINI PPD103B  -")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>113.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69014", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69014", " Lote com: 2 uni. Virador de Viga STIERLI-BIERG ROT 600 6000 KG  - Funcionando")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69045", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69045", " Lote com: 2 uni. Virador de Viga STIERLI-BIERG ROT 600 6000 KG  - Funcionando")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69016", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69016", " Lote com: 2 uni. Virador de Viga STIERLI-BIERG ROT 1000 6000 KG  - Funcionando")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69017", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69017", " Lote com: 2 uni. Virador de Viga STIERLI-BIERG ROT 1000 6000 KG  - Funcionando")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69019", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69019", " Lote com: 2 uni. Virador de Viga STIERLI-BIERG ROT 1000 6000 KG  - Funcionando")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69026", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69026", " Lote com: 2 uni. Virador de Viga STIERLI-BIERG ROT 1500 6000 KG  - Funcionando")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69022", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69022", " Lote com: 2 uni. Virador de Viga STIERLI-BIERG ROT 1500 6000 KG  - Funcionando")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69024", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69024", " Robô de corte a plasma KALTENBACH KC 1201 N/ T13/ M158G  - Necessita de reparos")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>900.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69013", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69013", " Rosqueadeira FEMESTAL 5436  - Funcionando")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69012", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69012", " Curvadora de perfil STIERLI - BIEGER 1200 NC 1200 KN  - Funcionando")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>245.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69015", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69015", " Válvula gaveta de 3” flangeada NEWMANS Fig 11F-CB2 150 lbs  -")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="D127" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69030", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69030", " Válvula gaveta de 3” flangeada NEWMANS Fig 11F-CB2 150 lbs  -")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D128" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69020", "119")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69020", " Válvula gaveta de 3” flangeada NEWMANS Fig 11F-CB2 150 lbs  -")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69029", "120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69029", " Válvula gaveta de 3” flangeada NEWMANS Fig 11F-CB2 150 lbs  -")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69025", "121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69025", " Válvula gaveta de 3” flangeada NEWMANS Fig 11F-CB2 150 lbs  -")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69023", "122")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69023", " Válvula gaveta de 3” flangeada NEWMANS Fig 11F-CB2 150 lbs  -")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69018", "123")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69018", " Válvula gaveta de 3” flangeada NEWMANS Fig 11F-CB2 150 lbs  -")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69021", "124")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69021", " Válvula gaveta de 6” flangeada DSI VALVES Fig 23XUF 300 lbs  -")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>999,99</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69046", "125")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69046", " Válvula gaveta de 6” flangeada DSI VALVES Fig 23XUF 300 lbs  -")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>999,99</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69039", "126")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69039", " Válvula gaveta de 6” flangeada DSI VALVES Fig 23XUF 300 lbs  -")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>999,99</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69042", "127")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69042", " Válvula gaveta de 6” flangeada DSI VALVES Fig 23XUF 300 lbs  -")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>999,99</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69041", "128")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69041", " Válvula gaveta de 6” flangeada DSI VALVES Fig 23XUF 300 lbs  -")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>999,99</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69052", "129")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69052", " Válvula gaveta de 6” flangeada DSI VALVES Fig 23XUF 300 lbs  -")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>999,99</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69050", "130")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69050", " Furadeira de bancada ASTEN 1 CV  - Necessita de reparos")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69049", "131")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69049", " Furadeira de bancada BUFALO 1,5 CV  - Necessita de reparos")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69051", "132")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69051", " Furadeira de bancada WEG A 560194 1,5 CV  - Necessita de reparos")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69053", "133")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69053", " Furadeira de bancada MOTOMIL FB-160 1,5 CV  - Necessita de reparos")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...740 lines deleted...]
-      <c r="F37" s="4" t="inlineStr">
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69054", "134")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69054", " Furadeira de bancada ASTEN FY-S 38 1,5 CV  - Necessita de reparos")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69055", "135")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69055", " Guilhotina Hidráulica  PACIFIC 750 RIO 40 Hp  - Necessita de reparos")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-[...89 lines deleted...]
-      <c r="F40" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69056", "136")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69056", " Ponte rolante monoviga 19 m TERTECMAN 5 ton  - Funcionando")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69057", "137")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69057", " Ponte rolante monoviga 19 m TERTECMAN 5 ton  - Funcionando")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69048", "138")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69048", " Ponte rolante dupla viga 19 m R&amp;M SPACE MASTER - 10 Ton.")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69058", "139")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69058", " Ponte rolante dupla viga 19 m R&amp;M SPACE MASTER - 10 Ton.")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69059", "140")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69059", " Ponte rolante dupla viga 19 m TERTECMAN 20 ton  - Necessita de reparos")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-[...2425 lines deleted...]
-      <c r="F116" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69060", "141")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69060", " Ponte rolante dupla viga 19 m TERTECMAN 20 ton  - Necessita de reparos")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-[...1118 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69061", "142")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69061", " Pórtico Rolante de dupla viga TERTECMAN 20 ton - Caminho rolamento de 66 m. Com sapatas de apoio , não precisa de fundação. - Funcionando")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>