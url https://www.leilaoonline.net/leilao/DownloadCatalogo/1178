--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69067", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69067", "CAMINHÃO TANQUE FORD F- 4000 ANO 1990 ( DIESEL) PLACA KUO5334 -Tanque: 3,5 m³, 30 anos, AVGAS - Placa KUO 5334 - Frota: FROTA 1120 - Localização: Aeroporto de Petrolina")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>66.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69068", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69068", "CAMINHÃO TANQUE VOLVO NL - 10 340 6X4 2P ( DIESEL)  ANO 1989 PLACA: CJY 3183 - Tanque 40 m³, 32 anos, JET A1 - Placa: LFP2376 - FROTA 1214 - Localização: Aeroporto de Porto Alegre")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>189</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69071", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69071", "CAMINHÃO TANQUE VOLKSWAGEN 14-150 2p (DIESEL) ANO 1993 - PLACA KTG7041 Tanque: 13 m³, 27 anos, JET - A1 - Placa KTG 7041 - Frota 1246 - Localização: Aeroporto de Guarulhos")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69073", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69073", "CAMINHÃO TANQUE VOLKSWAGEM 14-150 2p ( DIESEL)  ANO 1993 - PLACA BOG0587 - Tanque: 13 m³, 27 anos, JET - A1, Placa: BOG 0587 - FROTA 1248 - LOCALIZAÇÃO: Aeroporto de Guarulhos")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69074", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69074", "CAMINHÃO TANQUE FORD F-4000 TURBO CUMMINS 2p ( DIESEL) - ANO 1999 - PLACA MZU1130 -Tanque: 3,5 m³, 20 anos, AVGAS, Placa MZU 1130, Frota 1341 - Localização: Aeroporto de Rio Branco")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69075", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69075", "CAMINHÃO TANQUE FORD F - 4000 TURBO MWM 2p ( DIESEL) - ANO 1991 PLACA LIU 8553 -Tanque: 3,5 m³, 29 anos, AVGAS, Frota 1244 - Localização: Aeroporto de Maceió")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69076", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69076", "S-10 ADVANTAGE D, FLEX, ANO: 2009, Placa: JXL7911, KM:120149 - LOCALIZAÇÃO: Aeroporto de Manaus")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69077", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69077", "DOBLO HLX 1.8 FLEX, ANO: 2007, KM: 38910, Placa: HFG 0890 - Localização: Aeroporto de Natal - São Gonçalo do Amarante")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>