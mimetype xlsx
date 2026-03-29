--- v0 (2025-11-05)
+++ v1 (2026-03-29)
@@ -269,1787 +269,1567 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6739", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6739", " BI TREM DIANT.; MARCA: GUERRA; 2004; PL.: DJB-0726; EIXOS: 2; RENAVAM: 834407310; CH.: 9AA07102G4C051262. OBS.: PNEUS: RUIM. ITENS ACIMA NÃO ESTÃO INCLUSOS NO LOTE.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6737", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6737", " BI TREM DIANT.; MARCA: FACCHINI; 2004; PL.: DBC-3345 ; EIXOS: 2; RENAVAM: 825571871; CH.: 94BA096244V004689. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6738", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6738", " BI TREM DIANT.; MARCA: FACCHINI; 2002/2003; PL.: CYN-9363  ; EIXOS: 2; RENAVAM: 795762399; CH.: 9EL11CS023V007803. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6741", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6741", " CAMINHÃO (CHASSI) MBB 1718; MARCA: MBB; 2006; PL.: DPE-5066; EIXOS: 3; RENAVAM: 928274195; CH.: 9BM9580746B507856. OBS.: PNEUS: RUIM; SEM CABINE; MOTOR E CÂMBIO DESMONTADOS.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6740", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6740", " BI TREM DIANT.; MARCA: FACCHINI; 2002/2003; PL.: CYN-9412; EIXOS: 2; RENAVAM: 795762615; CH.: 9EL11CS023V007797. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6742", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6742", " CARRETA SIDER; MARCA: FACCHINI; 2007; PL.: DPE-4443; RENAVAM: 922234094; CH.: 94BF153377V014667. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6743", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6743", " CARRETA BAÚ; MARCA: FNV FRUEHAUF; 1981; PL.: BXF-2282; RENAVAM: 435499130; CH.: 05131MB. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6747", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6747", " CARRETA BAÚ; MARCA: RODOVIÁRIA; ANO; PL.: BWT-0016; RENAVAM: ; CH.: . OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6744", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6744", " SEMI-REBOQUE ABERTO; MARCA: FACCHINI; 2008; PL.: DVT-5608; EIXOS: 3; RENAVAM: 959850562; CH.: 94BA125388V018415. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6746", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6746", " CONTAINER REEFER 40".")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6748", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6748", " SEMI-REBOQUE ABERTO; MARCA: FACCHINI; 2008; PL.: DPC-5301 ; EIXOS: 3; RENAVAM: 959852204; CH.: 94BA125388V018416. OBS.: PNEUS: RUIM; ITENS ACIMA NÃO ESTÃO INCLUSOS NO LOTE.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6745", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6745", " BUG 40 PÉS; MARCA: FACCHINI; 1995; PL.: BTS-7610; EIXOS: 3; RENAVAM: 644239077; CH.: 9EL11CS03SV000938. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6749", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6749", " BUG 40 PÉS; MARCA: FACCHINI; 2008; PL.: DPC-5309; EIXOS: 3; RENAVAM: 959847898; CH.: 94BJ124388V018412. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6750", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6750", " PLATAFORMA HIDRAULICA GUINCHO PARA CAMINHÃO TRUCADO; CAP. 2000 KG.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>92</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6751", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6751", " BUG 20 PÉS; MARCA: FACCHINI; 2005; MODELO: SRF PC; PL.: DPB-6579 ; EIXOS: 3; RENAVAM: 856310956; CH.: 94BJ073355V009309. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6752", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6752", " BUG 20 PÉS; MARCA: FACCHINI; 2004; MODELO: SRF PC; PL.: DBC-3447 ; EIXOS: 3; RENAVAM: 833039342; CH.: 94BJ073344V006097. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6756", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6756", " SEMI-REBOQUE ABERTO; MARCA: FACCHINI; 1998; PL.: GXM-2590; EIXOS: 3; RENAVAM: 704509067; CH.: 9EL11CS03WV002782. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6753", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6753", "CARROCERIA PARA PLATAFORMA DE GUINCHO ABERTO. OBS.: SEM PNEUS.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6754", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6754", " PRANCHA "CARREGA TUDO"; MARCA: FACCHINI; MODELO: SFR CT; 2005; PL.: DPB-6552; EIXOS: 3; RENAVAM: 856496120; CH.: 94BJ124355V009321. OBS.: PNEUS: REGULAR.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>49.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6755", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6755", " PRANCHA "CARREGA TUDO"; MARCA: RANDON; MODELO: SR CT PL 03 45; 2009/2010; PL.: CUD-5755; EIXOS: 3; RENAVAM: 169529274; CH.: 9ADC15239AM294668. OBS.: PNEUS: REGULAR.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6757", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6757", " BUG 40 PÉS REBAIXADO; MARCA: FACCHINI; MODELO: SRF PC; 2008; PL.: EDB-4680; EIXOS: 3; RENAVAM: 967929660; CH.: 94BJ159388V019785. OBS.: PNEUS: REGULAR.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>29.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6758", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6758", " SPREDER; MARCA: SAUR; P/ CONTAINER DE 20 e 40" (VAZIO); COM COMANDO HIDRÁULICO DE ABERTURA E TRAVAMENTO DOS LOCKS.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6760", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6760", " PLATAFORMA HIDRÁULICA P/ GUINCHO DE CAMINHÃO TOCO OU TRUCADO; CAP.: 2000 KG.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6759", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6759", " PLATAFORMA HIDRÁULICA P/ CAMINHÃO; MARCA: MARKSELL; MODELO: MKS-2500 DMC; ANO: 2010; CAP.: 2500 KG.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6763", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6763", " BUG 20 PÉS; MARCA: FACCHINI; MODELO: SRF PC; 2005; PL.: DPB-6574 ; EIXOS: 3; RENAVAM: 856316237; CH.: 94BJ073355V009304. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6761", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6761", " BUG 20 PÉS; MARCA: FACCHINI; MODELO: SRF PC; 2004; PL.: DBC-3397 ; EIXOS: 3; RENAVAM: 833039210; CH.: 94BJ073344V006098. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6762", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6762", " BUG 20 PÉS; MARCA: FACCHINI; MODELO: SRF PC; 2003; PL.: DBC-2090 ; EIXOS: 3; RENAVAM: 804539944; CH.: 94BJ073333V001223. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6764", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6764", " BUG 20 PÉS; MARCA: GUERRA; MODELO: AG/SR/PTCN/3E; 2006; PL.: DJB-6276 ; EIXOS: 3; RENAVAM: 879003421; CH.: 9AA09083G6C056570. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6765", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6765", " BUG 20 PÉS; MARCA: FACCHINI; MODELO: SRF PC; 2003; PL.: DBC-2071 ; EIXOS: 3; RENAVAM: 804539642; CH.: 94BJ073333V001224. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6770", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6770", " BUG 20 PÉS; MARCA: RANDON; 2006/2007; PL.: DBC-5243 ; EIXOS: 3; RENAVAM: 894691120; CH.: 9ADJ073367M235174. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6769", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6769", " BUG 20 PÉS; MARCA: RANDON; 2006/2007; PL.: DPC-4163 ; EIXOS: 3; RENAVAM: 895349973; CH.: 9ADJ073367M235180. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6768", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6768", " BUG 20 PÉS; MARCA: RANDON; 2006/2007; PL.: DBC-5268 ; EIXOS: 3; RENAVAM: 894690361; CH.: 9ADJ073367M235176. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6767", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6767", " BUG 20 PÉS; MARCA: RANDON; 2006/2007; PL.: DPC-4165 ; EIXOS: 3; RENAVAM: 895350947; CH.: 9ADJ073367M235183. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6766", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6766", " BUG 20 PÉS; MARCA: RANDON; 2006/2007; PL.: DBC-5261; EIXOS: 3; RENAVAM: 894707752; CH.: 9ADJ073367M235173. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6771", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6771", " BUG 20 PÉS; MARCA: RANDON; 2006/2007; PL.: DBC-5273 ; EIXOS: 3; RENAVAM: 894692283; CH.: 9ADJ073367M235175. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6772", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6772", " BUG 40 PÉS; MARCA: FACCHINI; 2005; PL.: DPB-6550 ; EIXOS: 3; RENAVAM: 856311944; CH.: 94BJ124355V009320. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6775", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6775", " BUG 40 PÉS; MARCA: FACCHINI; 2005; PL.: DPB-6547 ; EIXOS: 3; RENAVAM: 856311731; CH.: 94BJ124355V009317. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6773", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6773", " BUG 40 PÉS; MARCA: FACCHINI; 2005; PL.: DPB-6569 ; EIXOS: 3; RENAVAM: 856315346; CH.: 94BJ124355V009319. OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6776", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6776", " CARRETA SIDER; MARCA: FACCHINI; 2004; PL.: DBC-3688; RENAVAM: 835581640; CH.: 94BF146344V006484. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6774", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6774", " CARRETA SIDER; MARCA: FACCHINI; 2004; PL.: DBC-3686; RENAVAM: 835579379; CH.: 94BF146344V006482. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6777", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6777", " CARRETA SIDER; MARCA: FACCHINI; 2004; PL.: DBC-3687; RENAVAM: 835580083; CH.: 94BF146344V006483. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6778", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6778", " CARRETA SIDER; MARCA: FACCHINI; 2007; PL.: DPE-4424; RENAVAM: 922226733; CH.: 94BF153377V014660. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6779", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6779", " CARRETA SIDER; MARCA: FACCHINI; 2007; PL.: DPE-4441; RENAVAM: 922201048; CH.: 94BF153377V014659. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6780", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6780", " CARRETA SIDER; MARCA: FACCHINI; 2007; PL.: DPE-4549; RENAVAM: 912980869; CH.: 94BF153377V013440. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6781", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6781", " CARRETA SIDER; MARCA: FACCHINI; 2008; PL.: DPC-4202; RENAVAM: 954941934; CH.: 94BF154388V017884. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6782", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6782", " CARRETA SIDER; MARCA: RANDON; 1999; PL.: CYN-5625; RENAVAM: 719153387; CH.: 9ADF1463XXS146212. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6783", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6783", " CARRETA SIDER; MARCA: FACCHINI; 2007; PL.: DPE-4542; RENAVAM: 912983213; CH.: 94BF153377V013442. OBS.: PNEUS RUINS.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6784", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6784", " SEMI-REBOQUE ABERTO; MARCA: FACCHINI; 2008; PL.: DPC-5302 ; EIXOS: 3; RENAVAM: 959852050; CH.: 94BA125388V018417. OBS.: PNEUS: RUIM; ITENS ACIMA NÃO ESTÃO INCLUSOS NO LOTE.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6786", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6786", " SEMI-REBOQUE ABERTO; MARCA: KRONE; 2000; PL.: CYN-7529 ; EIXOS: 3; RENAVAM: 744352436; CH.: 9AU181230Y1035223. OBS.: PNEUS: RUIM; ITENS ACIMA NÃO ESTÃO INCLUSOS NO LOTE.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6785", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6785", " FIAT FIORINO-IE; 2006/2006; BRANCA; GASOLINA;KM. 291250; OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6787", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6787", " MÁQUINA P/ RETIRAR RODAS DE CAMINHÃO EBERT; COM MOTOR ELÉTRICO 4 CV.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...339 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6790", "055")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6790", "Gerador (nº1) Toshiba 1000 Kva Ano 83")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6791", "056")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6791", "Gerador (nº 2) Toshiba 1000 Kva Ano 83")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6792", "057")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6792", "Torre de Resfriamento de Água")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...1118 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6793", "058")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6793", "Torre de Resfriamento de Água")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>