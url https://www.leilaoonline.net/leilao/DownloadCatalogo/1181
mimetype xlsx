--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,8795 +269,7699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69399", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69399", "[ VÍDEO ] TRICICLO COMPLETO. MOTOR AP 1.8, SOM USB COM 04 AUTO FALANTES 69"(À PROVA D'ÁGUA), CÂMBIO 04 MARCHAS DO SP2, DOCUMENTAÇÃO EM ORDEM. FUNCIONANDO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.650,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69358", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69358", " LOTE C/ 04 PNEUS , 02 MEDIDAS 235/45/18.E 195/55/ 15.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69375", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69375", "Colchão de Casal. King Size. (No estado)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69370", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69370", " Jogo de Cama Antigo em Madeira Nobre c/ 09 Gavetas , Colchão Nippomag Magnetizado Terapêutico Ortopédico e 01 Mesa de Centro de madeira Nobre e tampo de vidro.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69376", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69376", " Lote de Moedas antigas: Espanha, Chile, Portugal e Brasil, moedas de prata, bronze e outras")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69380", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69380", " Rádio Antigo Marca ABC Canarinho Década 1960. Transistorizado.Tamanho Médio em Madeira.Relíquia para Colecionadores.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69377", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69377", " Bicicleta Antiga Monark , Relíquia para Colecionadores.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69400", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69400", "BICICLETA ANTIGA MONARETA COR VERDE ARO 20 , FREIO DE PÉ, CAMPAINHA TRIM TRIM RELÍQUIA P/ COLECIONADORES.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69378", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69378", " Bicicleta Antiga Monareta Aro 20, freio de pé, RELÍQUIA para Colecionadores.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69401", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69401", "BICICLETA MONARK ANO 1948, ARO 28, FREIO DE PÉ, CAVALETE CENTRAL, CAMPAINHA TRIM TRIM, RELÍQUIA PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71978", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71978", "Mini Moto Graziella. Ano 1968. Relíquia para Colecionadores. (única a venda no Brasil)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.840,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72072", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72072", " Caloi Cross extra light , aro 20  Relíquia da década de 1980 para Colecionadores.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72075", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72075", " Fórmula 1 Senna  Fapinha, década de 1990 , motor a Gosolina , Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.950,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72077", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72077", " Caloi Cruiser extra light, aro 26 Relíquia da década de 1980 para Colecionadores.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72073", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72073", " Mini Barra Circular Mirim aro 20 Relíquia da década de 1980 para Colecionadores.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72076", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72076", " Monareta 1983 aro 20, Relíquia p/ Colecionadores ( última série produzida) Nunca foi Lavada.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72074", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72074", " Mini Ciclo Lambreta Relíquia da década de 1950 para Colecionadores. ( Item muito Raro, Existem pouquissimas no Brasil)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72089", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72089", " Monareta aro 20,  Relíquia da década de 1980 p/ Colecionadores")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72078", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72078", " Monark Brisa Totalmente Original aro 26, Relíquia da p/ Colecionadores")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72090", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72090", " Bicicleta Schwinn Stingray Slik aro 20 ano 1968 Made USA, Aros , paralamas e capa corrente em inox, breque de pé, dínamo , farol e lanterna original. Relíquia p/ Colecionadores. ( A princípio é a Única no Brasil)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72092", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72092", " Caloi 10 câmbio Original, pneus Originais Pirelli aro 27,  Relíquia da década de 1980 p/ Colecionadores")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72091", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72091", " Bikenete p/ Adultos, Totalmente Original Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72093", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72093", " Monark BMX Pantera Freio Tambor  aro 20,  Relíquia da década de 1980 p/ Colecionadores")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72094", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72094", " Caloi Berlineta aro 20,  Relíquia da década de 1970 Totalmente Original ( exceção do banco) p/ Colecionadores")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72095", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72095", " Monark Brisa Totalmente Original aro 26, Relíquia da p/ Colecionadores")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72082", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72082", " Monark Fofita  Totalmente Original aro 10, Relíquia p/ Colecionadores ou Restauração. ( Até os Pneus são Pirelli originais)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72079", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72079", " Caloi Cross Nylon aro 16 Totalmente Original, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72081", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72081", " Bicicleta Cross freestyle fast boy c/ freio a disco, amortecedor de quadro c/ articulação, câmbio duplo de Marchas, suspensão dianteira. ( No estado)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72083", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72083", " Caloi Cross aro 20 Década de 1980 Relíquia para Colecionadores ( No estado)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72085", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72085", " Caloi 10 Sprint aro 27,  Relíquia da década de 1980 p/ Colecionadores")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72087", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72087", " BICICLETA ANTIGA DÉCADA DE 1940, ARO 28 , QUADRO DUPLO, P/ COLECIONADORES OU RESTAURAÇÃO (PNEUS PIRELLI ORIGINAL). ( NO ESTADO)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72088", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72088", " Caloi Ceci Totalmente Original aro 26, Relíquia da p/ Colecionadores (até os pneus são Pirelli originais)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72080", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72080", " Monark Luxo Série Brasil 71 aro 26, Breque de pé , Relíquia década de 1970 p/ Colecionadores")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72084", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72084", " Caloi Ceci aro 26, Relíquia da p/ Colecionadores ( no Estado)")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72086", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72086", " Mini Grade Antigo de Tração Animal. Fabricado a aprox. 80 anos. C/ 16 discos  Original para pequenos cultivos. RELÍQUIA e em perfeito funcionamento ou para decoração.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72096", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72096", "ARADO ANTIGO DE TRAÇÃO ANIMAL. RELÍQUIA COM MAIS DE 80 ANOS DE FABRICAÇÃO. RODA DIANTEIRA ORIGINAL EM MADEIRA COM ARCO DE FERRO. USO EM CULTIVOS DE TERRA OU DECORAÇÃO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72107", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72107", "Monareta Kroos II Aro 20. Relíquia 100% Original, década de 1970 p/ Colecionadores. (Até pneus são originais)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72109", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72109", "Monareta Dobramatic. Aro 20. Relíquia totalmente Original. Década de 1970 p/ Colecionadores")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72112", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72112", " Monareta Copa Aro 20, Relíquia e C/ Diversos acessórios de época, Raridade da década de 1970 p/ Colecionadores")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72111", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72111", " Monareta Olé 70 Primeira Geração Aro 20, Relíquia Totalmente Original,  década de 1970 p/ Colecionadores")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72110", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72110", " Monareta Aro 20, Relíquia década de 1970 p/ Colecionadores")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72108", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72108", " Caloi 10 câmbio Original, velocímetro digital,   Relíquia da década de 1980 p/ Colecionadores")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72106", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72106", " Caloi Mobylette RX 50cc, ano 1983Única a Venda No Brasil.Extremamente Rara, pois só foi Lançado no final de 1983.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.840,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72115", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72115", "Jogo C/ 04 Pneus p/ Camionete, Marca Bridgestone 265/ 65/ R17")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72116", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72116", "Jogo C/ 04 Pneus p/ Automóveis  Marca Pirelli 215/ 50/R17")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72101", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72101", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72099", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72099", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72100", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72100", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69225", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69225", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69231", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69231", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69233", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69233", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72313", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72313", " BICICLETA MERCSWISS ANO 1955. TOTALMENTE ORIGINAL, RARIDADE , EMPLACADA CONFORME A LEI VIGENTE NA ÉPOCA, DOCUMENTOS DE  LICENCIAMENTO DE 1958, 1959 , 1960 E 1968 ORIGINAIS DA PREFEITURA DE SANTOS/ SP. (ÚNICA EMPLACADA E C/ LICENCIAMENTO DE ÉPOCA À VENDA NO BRASIL). PARA COLECIONADORES OU EXPOSIÇÃO ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69239", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69239", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69243", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69243", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69241", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69241", " LOTE C/ 30 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69242", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69242", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69240", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69240", " LOTE C/ 30 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69249", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69249", " LOTE C/ 30 GARRAFAS DE CACHAÇA DE BANANA (38 GL). 720ml CADA, FEITA COM EXTRATO NATURAL DE BANANA (CACHAÇA DA ROÇA)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69245", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69245", " LOTE C/ 30 GARRAFAS DE COQUETEL DE MARACUJÁ 96. (13,5 GL)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69290", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69290", " LOTE C/ 30 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69341", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69341", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69283", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69283", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69389", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69389", " Lote com 03 transformadores e 01 junta rotativa DSTI")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69246", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69246", " LOTE C/ 30 GARRAFAS DE COQUETEL DE PÊSSEGO. 720ml CADA.")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69332", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69332", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69350", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69350", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69330", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69330", " LOTE COM APROX. 200 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69392", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69392", " Lote com 08 Manômetros Wika do Brasil")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69391", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69391", " Lote c/ Diversas Ferramentas de precisão de Vários modelos e medidas. (Sem uso)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69273", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69273", " 30 GARRAFAS DE CACHAÇA SABOR PEQUI - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69196", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69196", "04 QUILOS DE SEMENTE DE UMBURANA/ AMBURANA, UTILIZADA EM ENVELHECIMENTO DE CACHAÇA OU PARA PLANTIOS, SUA MADEIRA É NOBRE , UTILIZADA NA FABRICAÇÃO DE BARRIL/ DORNAS PARA ARMAZENAMENTO DE CACHAÇA OU ENVELHECIMENTO")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69247", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69247", " LOTE C/ 30 GARRAFAS DE COQUETEL DE MARACUJÁ 96. (13,5 GL)")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69331", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69331", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69272", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69272", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69394", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69394", " Lote c/ 05 Colchões/ Colchonetes p/ Solteiros (sem uso).")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69393", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69393", " Suspensão Dianteira Completa de Yamaha Rd 135. Antiga, com as mesas, bengalas, sistema de freio a disco , painel, punho e luz, canecas de farol e acelerador. (Relíquia)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69323", "079")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69323", "30 GARRAFAS DE CACHAÇA SABOR COQUINHO COM MEL")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69288", "080")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69288", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69329", "081")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69329", "30 GARRAFAS DE CACHAÇA DE CARVALHO, ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO, (MACIA E AMADEIRADA)")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69347", "082")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69347", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69301", "083")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69301", " 30 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69251", "084")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69251", " LOTE C/ 30 GARRAFAS DE CACHAÇA DE BANANA (38 GL). 720ml CADA, FEITA COM EXTRATO NATURAL DE BANANA (CACHAÇA DA ROÇA)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69297", "085")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69297", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69275", "086")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69275", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69248", "087")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69248", " LOTE C/ 30 GARRAFAS DE COQUETEL DE PÊSSEGO. 720ml CADA.")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69276", "088")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69276", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69236", "089")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69236", "LOTE C/ APROX. 30 UNIDADES , SENDO ESQUADROS METALICOS , CANTONEIRAS METALICAS E 01 REGUA METÁLICA DE 1,00 METRO MARCA VONDER..")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69395", "090")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69395", "Lote c/ diversas ferramentas de precisão, transferido de ângulo, ponteiras Diamond de várias medidas, machos de rosca de várias medidas, limas de várias medidas e outros (sem uso)")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69311", "091")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69311", " 30 GARRAFAS DE CACHAÇA SABOR PEQUI - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69396", "092")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69396", "Lote c/ 29 Ferramentas de precisão, marca Hugong, JE Tech Tool e Diamond files limas de várias medidas (sem uso)")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69397", "093")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69397", "APROX. 37 UN  DE MOEDAS/ DINHEIRO ANTIGO (ver especificações)")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69269", "094")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69269", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69402", "095")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69402", "MOTOR YANMAR 7 HP.TOTALMENTE ORIGINAL, RARIDADE. (FUNCIONANDO)")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69271", "096")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69271", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69403", "097")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69403", "MOTOR STIHL, A GASOLINA, TOTALMENTE ORIGINAL, RARIDADE. (FUNCIONANDO).")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72314", "098")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72314", " APROX. 120 UNIDADES DE MESAS, ARMÁRIOS , ESCRIVANINHAS E PRATELEIRAS. Obs: cadeiras não inclusas.")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69316", "099")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69316", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72316", "100")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72316", " Caloi Ceci Totalmente Original aro 26, Relíquia da p/ Colecionadores ( no estado)")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69259", "101")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69259", "30 GARRAFAS DE CACHAÇA DE CARVALHO, ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO, (MACIA E AMADEIRADA)")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69303", "102")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69303", "200 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69310", "103")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69310", " 30 GARRAFAS DE CACHAÇA SABOR PEQUI - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69287", "104")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69287", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69244", "105")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69244", " LOTE C/ 30 GARRAFAS DE CACHAÇA DE BANANA (38 GL). 720ml CADA, FEITA COM EXTRATO NATURAL DE BANANA (CACHAÇA DA ROÇA)")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69324", "106")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69324", "30 GARRAFAS DE CACHAÇA SABOR COQUINHO COM MEL")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69320", "107")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69320", " 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69355", "108")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69355", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69404", "109")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69404", "Bicicleta Monark 10 Super,  Cor Azul, Relíquia para Colecionadores.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72315", "110")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72315", " BICICLETA CALOI FORMULA C ARO 20 , EMPLACADA C/ PLACA AMARELA ORIGINAL DA PREFEITURA DE GUARATINGUETÁ / SP, EMPLACADA EM 1974. RARIDADE, PARA COLECIONADORES, (ÚNICA EMPLACADA À VENDA NO BRASIL)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72319", "111")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72319", " Caloi Ceci Totalmente Original aro 26, Relíquia da p/ Colecionadores ( no estado)")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69313", "112")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69313", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69321", "113")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69321", " 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72320", "114")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72320", " MONARK PICKP 1980 TOTALMENTE ORIGINAL, RARIDADE P/ COLECIONADORES OU RESTAURAÇÃO. (ESSA É O PRIMEIRO MODELO DA CARGUEIRA)")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72317", "115")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72317", " BICICLETA ORIGINAL, CÂMBIO DUPLO DE MARCHA (no estado)")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72318", "116")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72318", " BICICLETA ORIGINAL, POUCO USO. ( no estado)")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69213", "121")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69213", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D125" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69338", "123")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69338", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69294", "141")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69294", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69299", "142")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69299", " 30 GARRAFAS DE CACHAÇA SABOR CANELINHA OURO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69200", "146")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69200", "30 GARRAFAS DE CACHAÇA SABOR GUARANÁ, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69238", "147")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69238", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69296", "148")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69296", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69344", "149")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69344", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69224", "150")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69224", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69385", "154")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69385", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69178", "155")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69178", "30 GARRAFAS DE CACHAÇA SABOR LIMÃO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69252", "156")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69252", " LOTE C/ 30 GARRAFAS DE COQUETEL DE PÊSSEGO. 720ml CADA.")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69315", "157")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69315", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69319", "158")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69319", " 30 GARRAFAS DE CACHAÇA SABOR AMARULA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69322", "159")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69322", " 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69345", "160")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69345", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69282", "161")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69282", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69235", "162")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69235", "LOTE COM 04 PINGÔMETROS DE MADEIRA. GARRAFA DE 1 LITRO, TORNEIRA CROMADA, CHEIOS DE CACHAÇA ENVELHECIDA DIRETO DO BARRIL DE CARVALHO")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69387", "163")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69387", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69254", "165")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69254", "30 GARRAFAS DE CACHAÇA CANELINHA OURO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69305", "166")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69305", "300 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69354", "167")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69354", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69190", "175")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69190", "LOTE COM: 30 GARRAFAS DE CACHAÇA DE BANANA.")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69227", "180")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69227", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69234", "181")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69234", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69253", "185")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69253", "30 GARRAFAS DE CACHAÇA COQUINHO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69309", "186")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69309", " 30 GARRAFAS DE CACHAÇA SABOR PEQUI - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69337", "187")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69337", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69343", "189")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69343", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69280", "191")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69280", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69292", "191")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69292", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69284", "192")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69284", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69312", "193")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69312", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69232", "194")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69232", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69351", "195")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69351", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69277", "201")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69277", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69383", "205")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69383", "LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69318", "207")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69318", " 30 GARRAFAS DE CACHAÇA SABOR AMARULA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69274", "212")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69274", " 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69325", "214")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69325", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69179", "215")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69179", " 30 GARRAFAS DE CACHAÇA CANELINHA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69230", "216")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69230", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69314", "217")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69314", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69353", "218")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69353", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69264", "221")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69264", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69180", "230")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69180", "30 GARRAFAS DE CACHAÇA COQUINHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69263", "240")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69263", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69386", "241")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69386", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69182", "245")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69182", " 30 GARRAFAS DE CACHAÇA SABOR BLEND, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69223", "247")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69223", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69304", "248")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69304", "200 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69348", "249")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69348", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69336", "250")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69336", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69388", "251")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69388", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69258", "255")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69258", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69255", "260")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69255", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69177", "265")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69177", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69206", "272")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69206", " 30 GARRAFAS DE CACHAÇA SABOR BLEND, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69256", "280")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69256", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69257", "290")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69257", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69352", "291")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69352", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69317", "292")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69317", " 30 GARRAFAS DE CACHAÇA SABOR AMARULA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69279", "296")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69279", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69191", "305")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69191", "LOTE COM: 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA.")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69174", "320")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69174", "Diversas churrasqueiras elétricas e Peças.")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69194", "325")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69194", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69209", "331")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69209", "LOTE COM: 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA.")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69356", "340")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69356", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69195", "345")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69195", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69306", "346")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69306", "300 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69181", "355")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69181", " 30 GARRAFAS DE VINHOS, TINTO SUAVE, TINTO SECO, BRANCO SUAVE, BRANCO SECO E ROSADO, SAFRA DELVIGO LEGÍTIMO, DE SANTA CATARINA")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69185", "365")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69185", " 30 GARRAFAS DE VINHO TINTO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69186", "370")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69186", " 30 GARRAFAS DE VINHO TINTO SECO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69176", "375")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69176", " LOTE C/ 12 MEDIDORES TERMÔMETRO / TEMPERATURA.")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69339", "377")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69339", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69183", "380")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69183", " 30 GARRAFAS DE VINHO BRANCO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69357", "381")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69357", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69184", "385")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69184", " 30 GARRAFAS DE VINHO ROSADO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69188", "390")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69188", "LOTE COM 30 GARRAFAS DE VINHO TINTO SECO.")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69187", "395")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69187", "LOTE COM 30 GARRAFAS DE VINHO TINTO SUAVE.")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72098", "400")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72098", "10 GARRAFÕES DE VINHO TINTO SUAVE. 02 LITROS CADA..")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69278", "406")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69278", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69384", "410")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69384", "LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69286", "411")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69286", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69189", "430")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69189", " 30 GARRAFAS, SENDO: 10 DE LICOR DE COQUINHO MEL, 10 DE COQUETEL DE PÊSSEGO E 10 DE COQUETEL DE MARACUJÁ.")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69281", "436")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69281", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69192", "445")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69192", "30 GARRAFAS DE CACHAÇA BLUE")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69229", "450")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69229", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69193", "455")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69193", "30 GARRAFAS DE CACHAÇA SABOR AMARULA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69201", "475")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69201", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69203", "485")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69203", " 30 GARRAFAS DE CACHAÇA PRATA DE ALAMBIQUE, ENVELHECIDAS NO BARRIL DE MADEIRA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69198", "490")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69198", "30 GARRAFAS DE CACHAÇA SABOR LIMÃO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69208", "500")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69208", "LOTE COM: 30 GARRAFAS DE CACHAÇA DE BANANA.")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69202", "505")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69202", "30 GARRAFAS DE CACHAÇA COQUINHO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69199", "520")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69199", "30 GARRAFAS DE CACHAÇA SABOR PEQUI, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69260", "525")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69260", " 30 GARRAFAS DE CACHAÇA CANELINHA MEL - 700ml CADA GARRAF")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69335", "526")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69335", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69204", "530")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69204", "30 GARRAFAS DE CACHAÇA COQUINHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69205", "545")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69205", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69197", "550")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69197", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69398", "551")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69398", "Lote c/ aprox. 05 Toneladas de Sucata Mista de Mangueiras de Irrigação, Alta pressão, de Lona, de Plástico e de Borracha, e outros.")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69381", "552")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69381", "01 Impressora Fiscal Térmica Bematech e 01 Rádio Automotivo toca CD / AM/ FM Toyota. Original.")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69359", "553")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69359", " LOTE C/ APROX. 160 LUVAS (Manoplas) e ALGUNS ACELERADORES ORIGINAIS DE ÉPOCA, DÉCADA DE 1980. (SEM USO). Necessidade apenas de limpeza.")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69366", "554")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69366", " LOTE C/ APROX 60 BORRACHAS SANFONADAS PARA MOTOS E CICLOMOTORES ANTIGOS.( SEM USO).")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69326", "555")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69326", " KIT DE BAULETOS TOP CASE RONCAR COM  CHAVE e CHAVE RESERVA, SENDO 02 BAÚ LATERAL SIDE CASE 01 BAÚ TRASEIRO TOP CASE, AMBOS EM ALUMÍNIO.P/ MOTOCICLETAS BIGTRAIL.")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...116 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69382", "556")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69382", "Painel Elétrico Profissional")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69369", "557")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69369", " LOTE C/ 01 ESCAPAMENTO DE HONDA CB 400 ANTIGA ABAFADOR CENTRAL.( No estado).")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69342", "558")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69342", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69285", "559")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69285", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69368", "560")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69368", " DIVERSAS RODAS DE MOTOS ANTIGAS E GARELLI, MOBILETE.")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69362", "561")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69362", " LOTE C/ PEÇAS ANTIGAS DE MOTOS, TANQUE DE HONDA TURUNA 1980, TANQUE DE YAMAHA RX 180 ANO 1979.RODA DE HONDA CB 400 ANO 1980, PAINEL VELOCÍMETRO DE HONDA CBX 15O AERO.")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69374", "562")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69374", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio GB 300.Toda em Metal e Inox  ( no estado).")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69289", "563")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69289", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69367", "564")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69367", "DIVERSOS PARALAMAS DE MOTOS ANTIGAS, DE CG 125, YAMAHA RX 125, CICLOMOTOR ANTIGOS")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69214", "565")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69214", "30 GARRAFAS DE CACHAÇA SABOR COQUINHO COM MEL")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69295", "566")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69295", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69372", "567")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69372", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio GB 300.Toda em Metal e Inox  ( no estado).")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69175", "568")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69175", " [ VÍDEO ] LOTE ÚNICO: 07 SUCATAS DE PARTES DE MOTOCICLETAS ANTIGAS DA DÉCADA DE 1980 (PARA COLECIONADORES OU RESTAURAÇÃO). SENDO YAMAHA RX-180cc , YAMAHA RD-135cc, YAMAHA RX-125cc e outras.")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69363", "569")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69363", " LOTE C DIVERSAS PEÇAS ANTIGAS DE MOTOS, SENDO TANQUE DE YAMAHA RX 80cc, TAMPAS LATERAIS DE YAMAHA RX E CB 350 , SUSPENSÃO DIANTEIRA E BANCO DE MINI MOTO ANTIGA MINI PANTER, TAMPA LATERAL DE MONARK SACHSE OUTRAS.")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69215", "570")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69215", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69373", "571")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69373", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio PD 300.Toda em Metal  ( no estado).")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69379", "572")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69379", " Lote c/ 27 Ferramentas de precisão, Marca Hugong , Limas Várias  medidas")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69371", "573")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69371", " 01- Catraca Eletrônica Digital Marca Telemática Codin Catraca 9000 Toda em Metal e inox ( no estado).")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69346", "574")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69346", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69207", "575")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69207", " 30 GARRAFAS, SENDO: 10 DE LICOR DE COQUINHO MEL, 10 DE COQUETEL DE PÊSSEGO E 10 DE COQUETEL DE MARACUJÁ.")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69266", "576")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69266", " LOTE C/ 06 APARELHOS CELULAR E 45  BATERIAS , DIVERSAS MARCAS E MODELOS.")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69364", "577")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69364", " LOTE C/ DIVERSOS FARÓIS DE GARELLI ANTIGA DA DÉCADA DE 1980.")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69267", "578")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69267", " 30 GARRAFAS DE CACHAÇA SABOR BANANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69360", "579")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69360", " APROX. 600 PROJETEIS P/ PISTOLA DE PREGAR, MARCENARIA , CALIBRE DESCRITO NAS CAIXAS.( Sem uso).")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69210", "580")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69210", "30 GARRAFAS DE CACHAÇA BLEND AMADEIRADA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69334", "581")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69334", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69365", "582")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69365", " LOTE ÚNICO, COM DIVERSOS ITENS.")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69361", "583")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69361", " LOTE C/ DIVERSOS FRASCOS DE GEL MARCA PHILIPS P/ LIMPEZA DE TELAS DE LED OU CELULARES.")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69220", "584")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69220", "30 GARRAFAS DE CACHAÇA COQUETEL GREEN HORTELÃ C/ ANIS")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69211", "585")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69211", "30 GARRAFAS DE CACHAÇA BLUE")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69228", "586")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69228", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F260" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69212", "590")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69212", "30 GARRAFAS DE CACHAÇA SABOR AMARULA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D261" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F261" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69261", "600")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69261", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D262" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F262" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69216", "605")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69216", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69217", "625")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69217", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D264" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69222", "630")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69222", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D265" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F265" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69221", "635")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69221", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D266" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="F266" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69218", "640")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69218", "30 GARRAFAS DE CACHAÇA COQUETEL GREEN HORTELÃ C/ ANIS")</f>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F267" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69262", "645")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69262", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D268" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F268" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69219", "650")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69219", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C269" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D269" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F269" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69226", "651")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69226", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D270" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F270" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69268", "655")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69268", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C271" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D271" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F271" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69270", "665")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69270", " 30 GARRAFAS DE CACHAÇA SABOR AMARULA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D272" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F272" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69302", "675")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69302", " 30 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C273" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D273" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F273" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69300", "690")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69300", " 30 GARRAFAS DE CACHAÇA SABOR CANELINHA OURO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C274" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D274" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E274" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F274" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69250", "700")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69250", " LOTE C/ 30 GARRAFAS DE COQUETEL DE MARACUJÁ 96. (13,5 GL)")</f>
+      </c>
+      <c r="C275" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D275" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F275" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69333", "710")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69333", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C276" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D276" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E276" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...410 lines deleted...]
-      <c r="E41" s="5" t="inlineStr">
+      <c r="F276" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69291", "730")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69291", " LOTE C/ 30 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO.")</f>
+      </c>
+      <c r="C277" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D277" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F277" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69349", "740")</f>
+      </c>
+      <c r="B278" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69349", " Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C278" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D278" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E278" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
-      <c r="F41" s="4" t="inlineStr">
-[...474 lines deleted...]
-      <c r="E56" s="5" t="inlineStr">
+      <c r="F278" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
+      <c r="A279" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69293", "745")</f>
+      </c>
+      <c r="B279" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69293", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C279" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D279" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F279" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
+      <c r="A280" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69298", "750")</f>
+      </c>
+      <c r="B280" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69298", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C280" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D280" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F280" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69327", "755")</f>
+      </c>
+      <c r="B281" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69327", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C281" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D281" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
-      <c r="F56" s="4" t="inlineStr">
-[...602 lines deleted...]
-      <c r="E75" s="5" t="inlineStr">
+      <c r="F281" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69307", "760")</f>
+      </c>
+      <c r="B282" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69307", "300 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C282" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D282" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F282" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69265", "765")</f>
+      </c>
+      <c r="B283" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69265", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D283" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F75" s="4" t="inlineStr">
+      <c r="F283" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-[...6654 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
-      <c r="A284" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A284" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69328", "770")</f>
+      </c>
+      <c r="B284" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69328", "30 GARRAFAS DE CACHAÇA DE CARVALHO, ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO, (MACIA E AMADEIRADA)")</f>
       </c>
       <c r="C284" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D284" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>