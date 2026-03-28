--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,3323 +269,2911 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72579", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72579", "[ VÍDEO ] Central dosadora de concreto com células de carga funcionando, eixo para cimento funcionando.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69510", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69510", "FORD CARGO 1517E ANO 2010. COM GUINDASTE MADAL 10 TON. (SISTEMA RODOFERROVIÁRIO)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69520", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69520", "FORD CORCEL. GASOLINA. ANO 1976")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72284", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72284", "ANEL ARO 14 EM OURO 18K (750/1000). COM 1 SAFIRA E 4 DIAMANTES. COM GARANTIA. ORIGINAL VIVARA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72717", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72717", "BALCÃO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72722", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72722", "[ VÍDEO ] CRISTALEIRA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70269", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70269", "[ VÍDEOS ] Motoniveladora Dresser. Mod. 140-C. Ano 1988")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70267", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70267", "Motoniveladora Caterpillar mod 120-B ano 1979 (sem cabeçote) ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70270", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70270", "[ VÍDEOS ] Pá Carregadeira Caterpillar. Mod. 941-B. Ano 1973")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70268", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70268", "[ VÍDEOS ] Motoniveladora Hubber - Warco. Mod. 135-M. Ano 1974. Equipada com motor Scania P 93-H. Ano 1995/1996.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69487", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69487", "Lote com aprox. 47.000 unidades de CABIDES")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69488", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69488", "Lote com aprox. 16.000 unidades de CABIDES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69497", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69497", "Lote com aprox. 2.000 unidades de CABIDES")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69494", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69494", "Aprox. 20 Tambores contendo Ferro Dextrano 10% (aprox. 600,00 kg)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69514", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69514", " Máquina filmadora Yashica mod. 8 E")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69513", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69513", " Máquina de escrever. Anos 30. Olivetti ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69515", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69515", "[ VÍDEO ] Caixa Registradora. Anos 30. Amount Purchased")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69517", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69517", " 04 faróis Cilibrim  GE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69516", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69516", " 01 farol de Ford. Ano 29. 6 Volts")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69519", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69519", "Cristaleira de mogno. Década de 1940")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69521", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69521", " Lote de Moedas antigas: Espanha, Chile, Portugal e Brasil, moedas de prata, bronze e outras")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69522", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69522", "APROX. 37 UN  DE MOEDAS/ DINHEIRO ANTIGO (ver especificações)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69512", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69512", "Equipamentos diversos: 01 máquina de escrever, 01 aparelho de fax, 01 aparelho de som,  02 crossovers, 02 equalizadores e 03 aparelhos de MD")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69511", "031")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69511", "Transformador  trifásico - 380 voltz - 75 KVA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69489", "200")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69489", " MOINHO PARA MILHO COMPLETO CAP. 450 KG/HR")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69490", "201")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69490", " BALANÇA EMPACOTADORA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69491", "202")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69491", " MÁQUINA PARA FECHAR/ COLAR")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69498", "323")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69498", " Aprox. 500 peças de cabides de ferro emborrachados. Marca Forever 21")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69501", "327")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69501", " SUCATA DE 02 CARRINHOS DE BEBÊ VOYAGE. 02 BASES PARA CADEIRINHA E DIVERSOS ACESSÓRIOS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69504", "331")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69504", " Sucatas de piscinas tenda barraca e colchão inflável")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69506", "339")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69506", "Aprox. 370 livros diversos")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69507", "340")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69507", "Lote com aprox. 25 mochilas ,16 cases, 3 bolsas, 5 estojos, e diversos itens para festas ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72288", "341")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72288", "Ar condicionado Carrier 22.000 btus funcionando com controle")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72287", "342")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72287", "13 extintores diversos carregados com suporte alguns vencidos")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72286", "343")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72286", "Sucata de bebedouro")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72285", "344")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72285", "Sucatas de 20 cadeiras diversas e 4 mesas plásticas ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71880", "400")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71880", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71881", "401")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71881", "2 roupas de neopreme longa")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70030", "602")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70030", " Geladeira Climax. Década de 60. 110 volts. Funcionando")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70034", "603")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70034", " Capacete original da FAB . Utilizado em caças Mirage 2000. Necessita de restauração. Possui viseira escura e a máscara de oxigênio")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70036", "604")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70036", " Máquina de café expresso Astória com moinho. Sem porta filtros e bandeja")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70037", "605")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70037", " Máquina de café expresso Astória com moinho. Sem porta filtros e bandeja")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70032", "608")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70032", " Bomba de alto vácuo HF 55 CFM. Trifásico")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70038", "609")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70038", " Bomba de alto vácuo HF 55 CFM. Trifásico")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70033", "610")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70033", " Bomba de alto vácuo. Duplo estágio HF 110 CFM. Trifásico. Com reservatório")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70031", "611")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70031", " Cabine para camionete D 20")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70035", "612")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70035", " Maca de alumínio. Stimed. Com regulagens")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70040", "613")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70040", " Máquina de Vácuo. Forming")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70039", "615")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70039", " Escrivaninha antiga em Jacarandá. Maciço da Bahia")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70042", "617")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70042", " Cortador de asfalto/concreto Petrotec a gasolina. Faltando peças")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70041", "619")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70041", " Capota F1000")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70043", "621")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70043", " Pista fria")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70045", "625")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70045", " Gerador de energia a gasolina. Funcionando")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70046", "626")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70046", " Máquina de café expresso FunKitchen. Não está funcionando ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70044", "627")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70044", " Guincho tipo girafa para 3 toneladas")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...20 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70052", "631")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70052", " 3 fritadeiras, sendo 2 elétricas e 1 a gás")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70054", "632")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70054", " Gramofone. Réplica com aproximadamente 29 discos antigos de 78 rotações")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70053", "633")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70053", " Jogo de 04 rodas originais D20. Aro 15"")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70055", "635")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70055", " Cervejeira Hussman (pequena). Funcionando")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70056", "636")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70056", " Máquina de café expresso Saeco 220 volts. Funcionando")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70057", "637")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70057", " Gerador de energia a gasolina")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70058", "638")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70058", " Frigobar década de 40 restaurado transformado em cervejeira, com controlador digital. 110 volts. Funcionando")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70059", "639")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70059", " 2 portas de F1000")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70050", "641")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70050", " 04 máquinas de lavar roupas")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70051", "642")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70051", " Câmara fria. 220 volts. Funcionando")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70047", "647")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70047", " Cabine de F1.000 Ano 86 reformada")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70049", "650")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70049", " Motor estacionário Honda 6.5 Hp")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70048", "651")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70048", " Câmara fria com controlador digital. Funcionando")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70060", "654")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70060", " Balcão aço vitrine")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70061", "656")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70061", " Aspirador de pó industrial")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70062", "658")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70062", " Cancela de portaria com pistão hidráulico sem testes")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70063", "660")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70063", " Adega de vinhos com compressor. Funcionando")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70064", "661")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70064", " Lote contendo 2 fornos microondas e 1 forno elétrico ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70065", "664")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70065", " Câmara fria. 4 portas. em aço inox. Não está funcionando")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70066", "666")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70066", " Lote de antiguidades contendo: 1 máquina de costura Elna com estojo, 2 máquinas de escrever, 1 rádio Mitsubishi, 8 transistores com estojo, 1 rádio 3 em 1 CCE (sem as caixas), 1 receiver Gradiente (sem as caixas),1 receiver Motoradio (sem as caixas), 1 toca fitas Philipps (sem as caixas), 1 filmado")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70067", "670")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70067", " 02 Geladeiras frigidare antigas")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70068", "671")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70068", " Lote cotendo 2 bancadas de 6 metros metalon. Tampos deteriorados")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69495", "703")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69495", "Aprox. 100 metros de Arame farpado Elefante")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69499", "802")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69499", " 08 Válvulas Manifolds da marca Triunion todas Flange X Flange 3 Vias 6500psi Aço Inox  5/8 pol. (SEM USO)")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69500", "803")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69500", " 02 VÁLVULAS REGULADORAS DE PRESSÃO  1098 EGR FISCHER. 4 pol.")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72569", "1202")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72569", " PLAINA ACTIVA DE 400 MM")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72577", "1203")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72577", " PRENSA PENA, CAP. 4 T, ANO: 1987, C/ MOTOR WEG DE 0,5 CV")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72574", "1205")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72574", " PRENSA MANUAL CARIAMA")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72570", "1206")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72570", " ROSQUEADEIRA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72575", "1207")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72575", " ROSQUEADEIRA ASTEN RA 64, C/ MOTOR DE 0,25 CV")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72565", "1208")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72565", " ROSQUEADEIRA BEGRA RA 64, CAP. ROSQUEAR ATÉ M6")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72567", "1209")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72567", "BALANÇA CONTADORA MARTE AC4/40K")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72557", "1210")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72557", " SELADORA SUNNYVALE 400, ANO: 1991")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72573", "1212")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72573", " DESEMPENO GRANITO TECNOGRAN, MOD. RESTAURAÇÃO, DIM.: 400x400 MM")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72562", "1213")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72562", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72560", "1214")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72560", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72564", "1215")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72564", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72568", "1216")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72568", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72571", "1217")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72571", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72561", "1218")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72561", " ROSQUEADEIRA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72572", "1219")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72572", " ROSQUEADEIRA C/ MOTOR")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72556", "1220")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72556", " ROSQUEADEIRA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72566", "1221")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72566", " CILINDRO")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72559", "1222")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72559", " 4 MOSTRUÁRIOS")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72563", "1223")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72563", " 1 ARMÁRIO EM AÇO C/ 2 PORTAS E 2 ARMÁRIOS DE VESTIÁRIO EM AÇO C/ 8 PORTAS")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72558", "1224")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72558", " 7 BANCADAS DIVERSAS COM AS SEGUINTES DIMENSÕES: 2,4X0,9 M; 2,4X0,9 M; 1,5X0,9 M; 1,25X0,6 M; 1,6X0,75; 1,2X0,65 M;1,25X0,6 M")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72576", "1225")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72576", " ARMÁRIOS, MESAS, CADEIRAS DIVERSAS")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...2654 lines deleted...]
-      </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72578", "1226")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72578", " 2 MOSTRUÁRIOS")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>