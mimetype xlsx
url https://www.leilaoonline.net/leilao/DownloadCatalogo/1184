--- v0 (2025-10-10)
+++ v1 (2026-03-28)
@@ -269,5115 +269,4479 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69529", "400")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69529", " Lote de Moldes para veleiro de 30 pés e mais peças (ferragens, bancos e moldes extras)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71936", "401")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71936", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71940", "402")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71940", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71938", "403")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71938", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71942", "404")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71942", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71939", "405")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71939", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71935", "406")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71935", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71937", "407")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71937", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71941", "408")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71941", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71943", "409")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71943", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69566", "414")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69566", " Mesa de jantar de 1,50m com 4 cadeiras")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69590", "415")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69590", " Mesa de jantar de 1,60m com 4 cadeiras")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69563", "417")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69563", " Porta de câmara fria. 1.50m de largura em inox")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69564", "418")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69564", " Porta câmara. Medidas 0,95 X 1,18m. Com 3 aberturas. Em inox")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69575", "419")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69575", " Mesa de trabalho quadrada")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69586", "421")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69586", " CPU e monitor")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69573", "422")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69573", " Lote prateleiras de aço. Partes e peças sortidas. Vários modelos")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69578", "423")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69578", " 2 máquinas de gelo (para reparos) ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69562", "424")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69562", " Sucata de peças e partes de aquecedores de ambiente ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69587", "425")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69587", " Máquina de estampa quente para gravação em couro. Papel baixo relevo")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69565", "426")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69565", " Baú para câmara fria. Parede de 15 cm com unidade de Refrigeração 5 hp trifásico.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69585", "427")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69585", " Câmara fria completa. 2,0x 2,0m. 220 v. Monofásica (desmontada)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69571", "428")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69571", " 2 unidades Expositor retrátil de caixas")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69574", "429")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69574", " Serra fita para carnes. Mesa móvel. Funcionando")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69570", "430")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69570", " PLAINA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72711", "431")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72711", " 4 rodas ferro aro 14")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69591", "432")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69591", " Máquina Risomat semi automática de corte de papel isolante (poliéster) para isolamento de motores e transformadores")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69589", "433")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69589", " Cabine de jato (granalha ou areia ) pressurizada ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69592", "434")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69592", " 1 Reservatório de combustíveis ou água. Capacidade 500 litros ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72712", "435")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72712", " 2 panelas de pressão 4.5 lts e bebedouro para garrafão")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72713", "436")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72713", " Barracas, acendedor elétrico 110 v, duchas frias")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72714", "437")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72714", " Torneiras, boias, peças e partes de registros e conexões de água")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69553", "438")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69553", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69572", "439")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69572", " 1 Reservatório de combustíveis ou água. Capacidade 500 litros ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72715", "440")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72715", " 3 geladeiras duplex. Para reparos")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69555", "441")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69555", " 50 pares de calçados femininos sortidos")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69554", "442")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69554", " Refrigerador Kelvinator. Ano 1940. Relíquia. Original ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69556", "443")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69556", " Refrigerador Frigidaire. Ano 1954. Relíquia. Original ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69577", "444")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69577", " Embaladora termo encolhivel 40x40")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69581", "445")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69581", " Aprox. 50 unidades un. de tampa de pallets. Medida 1,00 x1,10m ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69576", "446")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69576", " Aprox. 50 unidades un. de tampa de pallets. Medida 1,00 x1,10m ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69582", "451")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69582", " Aprox. 50 unidades un. de tampa de pallets. Medida 1,00 x1,10m ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69583", "452")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69583", " Aprox. 50 unidades un. de tampa de pallets. Medida 1,00 x1,10m ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69568", "453")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69568", " Aprox. 50 unidades un. de tampa de pallets. Medida 1,00 x1,10m ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69534", "454")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69534", " 1 Aquecedor de água  a gás  (Junker ) Bosch 13 litros")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69579", "455")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69579", " Aprox. 50 unidades un. de tampa de pallets. Medida 1,00 x1,10m ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69584", "457")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69584", " Peças para uso agrícola (grade aradora) ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69569", "458")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69569", " [ PREÇO POR KG ] Aprox. 1 ton. de sucata plástica (pára-choques e peças de veículos diversos) ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>0,28</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>0.01</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69580", "459")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69580", " [ PREÇO POR KG ] Aprox. 1 ton de.sucata plástica (faróis e lanternas automotivas)")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>0,38</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>0.01</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69567", "460")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69567", " [ PREÇO POR KG ] Aprox.1 ton de resíduo de Tetra pak")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>0,08</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>0.01</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69593", "461")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69593", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69596", "462")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69596", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69535", "463")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69535", " 02 vending machines. Para reparos")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69597", "464")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69597", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69539", "465")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69539", "TURBINA WEG")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69599", "466")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69599", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69595", "467")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69595", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69602", "468")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69602", " Porta externa  e janela de correr de alumínio com vidro")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69594", "469")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69594", " Climatizador e purificador")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69598", "470")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69598", " Climatizador e purificador")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69544", "471")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69544", " 12 TV's. Com defeito.")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69541", "472")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69541", " Aprox. 20 un.  de sucata de notebooks e peças ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69600", "473")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69600", " Climatizador e purificador")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69548", "474")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69548", " Aprox. 10 luminarias solares. Marca Eco Force")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69546", "475")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69546", " Aprox. 15 itens de ferramentas: peças, partes, tripé skill, cortador de pisos, maletas, partes de maletas etc ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69538", "476")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69538", " Desbobinadeira de chapa com caixa de redução")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69601", "477")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69601", " Climatizador e purificador")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69603", "478")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69603", " Climatizador e purificador")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69543", "480")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69543", " Moinho triturador de cobre e mesa garimpadora ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69540", "481")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69540", " Injetora de poliuretano. Para reparo")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69536", "482")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69536", " Batedeira industrial sem tacho e sem acessórios. Para reparo")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69542", "484")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69542", " Aprox. 40 placas de gelo artificial reutilizável de tamanhos variados")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69545", "486")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69545", " Carrinho, cadeirinha, máquina infantil e aprx. 30 calças jeans infantis")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69537", "487")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69537", " tripé bosch, cortador de pisos irwin, e aprox. 13 ferramentas e materiais sortidos")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69547", "488")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69547", " sucata de forno elétrico e fatiadora de pães")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69549", "489")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69549", "Serra copo e trena. Possui avaria")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69551", "490")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69551", " Réplica artesanal em madeira de Moto Harley. 40 cm.")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69550", "491")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69550", " Réplica artesanal em madeira de Moto Indian 1941. 40 cm")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69552", "492")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69552", " TV  Samsung 55" (sem uso). Com tela quebrada. Com acessórios.")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69604", "495")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69604", " Climatizador de ambientes e purificador de água")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69605", "496")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69605", " Climatizador ambientes e purificador água")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69557", "498")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69557", "Retroescavadeira em madeira (1 metro comprimento ela aberta ) articulada - toda envernizada")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69558", "499")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69558", "Retroescavadeira em madeira (1 metro comprimento ela aberta ) articulada - toda envernizada")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69559", "500")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69559", "Split modelo cassete 36.000 btus evaporadora e condensadora ")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69560", "501")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69560", "Split 36.000 btus modelo cassete condensadora e evaporadora")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69609", "503")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69609", " Split - condensadora e evaporadora (no estado)")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69611", "504")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69611", " Split 18.000 (no estado)")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69607", "506")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69607", " Split-1 condensadora 18.000 e 2 evaporadoras 9.000/12.000")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69617", "507")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69617", " Maquina de gelo (sem teste)")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69621", "508")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69621", " Máquina de café")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69614", "509")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69614", " Duas enceradeiras antigas")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69620", "510")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69620", " aparelhos de Dvds (no estado) ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69606", "511")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69606", " Girafa hidráulica no estado")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69619", "512")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69619", " Vulcanizadora de câmara de ar")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69624", "513")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69624", " Geladeira side by side pra reparos (com os acessórios )")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69618", "514")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69618", " Lava e seca para reparo")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69623", "515")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69623", " Forno duplo combinado e rotatório elétrico")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69610", "516")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69610", " 10 Tvs sucata")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69625", "518")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69625", " 1 Tv 55”  com avaria logística reversa")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69615", "520")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69615", " 2 tvs 32” e 55” logística reversa com avaria")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69613", "526")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69613", " 15 telefones com e sem fio")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69626", "527")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69626", " 15 telefones com e sem fio")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69616", "528")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69616", " Aprox.50 unidades sucata de térmicas")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69612", "529")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69612", " 4 lanternas náuticas no estado")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69622", "532")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69622", " 20 Bandejas,lavatório e bancado com pia inox")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69608", "533")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69608", " Frigobar funcionando voltagem 110v")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69627", "534")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69627", " Fritadeira sem óleo -110 v. Sem uso. ")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69630", "535")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69630", " Fritadeira sem óleo -110 v. Sem uso. ")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69629", "536")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69629", " Escovas Alisamento, chapinha ,máquinas de cortar cabelo aprox.10 itens")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69628", "537")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69628", " Aprox .10 nichos decorativos modelos variados")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69631", "538")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69631", " Aprox .10 nichos decorativos modelos variados")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69632", "539")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69632", " Máquina para cortar chapa automática funcionado")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69634", "540")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69634", " 5 macacos hidráulicos jacaré e garrafa 2 toneladas")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69633", "544")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69633", " 4 eletros ( cafeteira, liquidificador, fondue  e grill)")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69646", "545")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69646", " 6 pares de galocha Vulcabras")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69650", "546")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69650", " 6 fones  de ouvido riviera amalfi")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69635", "547")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69635", " 1 vídeo porteiro  2 babá eletrônica Wi-Fi Philco")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69644", "548")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69644", " Inalador respira max ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69636", "549")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69636", " Bicicleta a gasolina")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69647", "551")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69647", " 1 espreguiçadeira piscina ")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69642", "552")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69642", " 1 espreguiçadeira piscina")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69639", "555")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69639", " 8 caixas de gordura 100 mm tigre")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69637", "556")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69637", " Policorte")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69653", "557")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69653", " Compressor")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69648", "558")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69648", " Climatizador comercial joape")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69652", "560")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69652", " 3 monitores")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69638", "561")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69638", " Cafeteira circular dolce gusto voltagem 110 v funcionando")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69658", "562")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69658", " Impressora xp-241")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69654", "563")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69654", " 2 note 8 teclados")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69661", "564")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69661", " Compressor 20 pés")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69656", "565")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69656", " Dois motores 20 hp  ")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69657", "566")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69657", " Cafeteira Delonghy e torradeira")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69664", "567")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69664", " Aprox.15 Cartuchos de tinta")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69662", "569")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69662", " Forno e panificadora ")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69660", "571")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69660", " Aprox.20 itens ferramentas diversas... trenas, nível, escova de aço")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72669", "572")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72669", " 20 monitores  diversos  ")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>525,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72685", "573")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72685", " 20 monitores  diversos  ")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>525,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72691", "574")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72691", " 20 monitores  diversos  ")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>525,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72687", "575")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72687", " 20 monitores  diversos  ")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>525,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72675", "576")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72675", " 20 monitores  diversos  ")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>525,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72674", "577")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72674", " 20 monitores  diversos  ")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>525,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72684", "578")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72684", " 28 monitores diversos")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>735,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72676", "579")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72676", " lotes de luminárias diversas (10 diversos)")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72681", "580")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72681", " lotes de luminárias diversas (10 unidades)")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72678", "581")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72678", " 1 purificador de Água")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72682", "582")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72682", " 1 purificador de Água")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72686", "583")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72686", " ferro de passar roupas 110v (10 unidades)")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72673", "584")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72673", " ferro de passar roupas 110v (10 unidades)")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72683", "585")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72683", " Aproximadamente 100 máscaras")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>230,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72688", "586")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72688", " 4 Adegas para reparo")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72672", "587")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72672", " 1 Junker (aquecedor de água a gás )")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72689", "588")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72689", " 1 Junker (aquecedor de água a gás )")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72690", "589")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72690", " 1 Junker (aquecedor de água a gás )")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72692", "590")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72692", " 1 Junker (aquecedor de água a gás )")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72680", "591")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72680", " 1 Junker (aquecedor de água a gás )")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72670", "592")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72670", " Sucata de 50 jarras  elétricas ")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72671", "593")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72671", " 3 estabilizadores Enfermax 500 va")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72677", "594")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72677", " 1 estabilizador de 1.000 va ")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72679", "595")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72679", " Estabilizador Enermax 3.200 va  e 1 estabilizador de 300 va ")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>270,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>