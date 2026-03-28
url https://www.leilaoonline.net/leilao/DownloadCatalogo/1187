--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1435 +269,1259 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72666", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72666", "UTV Polaris 900 c. Com acessórios, guincho com controle remoto, leds. Funcionando. Pouco rodado.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>55.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69916", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69916", " Diferencial e Tander de: XCMG e SHANTUI com correntes e pinças de freio. Equipamentos Chineses. No estado que se encontra .")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72632", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72632", " Cilindros hidráulicos diversos , caterpillar , Hyundai , sany, Xcmg. Aprox. 28 pçs.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69918", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69918", " Pinos diversos (sem uso) para equipamentos: HYUNDAI, XCMG, SHANTUI, KOMATSU e CATERPILLAR. No estado que se encontra.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69924", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69924", " Buchas diversas (sem uso) para equipamentos diversos: HYUNDAI, XCMG, SHANTUI, KOMATSU, CATERPILLAR, etc. No estado que se encontra.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69921", "018")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69921", " Impressora alys 30 , plotter desativada. No estado que se encontra.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69922", "037")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69922", " Compressor para ar condicionado de ônibus , termo King, ingesol, com alternador e base. No estado que se encontra.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69920", "039")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69920", " Pinos de Embuchamento de eixo caminhões diversos, sem uso. No estado que se encontra.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69919", "042")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69919", " Reparos,peças,retentores,gaxetas de caminhões e máquinas diversos,Fechaduras,tampas de escavadeiras e trincôs de portas,trava da  porta da escavadeira.No estado que se encontra.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69925", "049")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69925", " Parafusos,arruelas,porcas,graxeiros diversas medidas.No estado que se encontra.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69927", "050")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69927", " Parafusos,porcas diversos,No estado que se encontra.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69926", "051")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69926", " Parafusos,porcas,travas,arruelas,prisioneiros.No estado que se encontra.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69928", "054")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69928", " Parafusos de lâmina de corte,para equipamentos  ATERPILLAR diversos.No estado que se encontra.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69929", "056")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69929", " Roldanas,buchas,celeron,Equipamento ZM 800.No estado que se encontra.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69931", "062")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69931", " Molas de suspensão.No estado que se encontra.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69930", "071")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69930", " Filtros diversos para máquinas: CATERPILLAR, HYUNDAI, XCMG, SHANTUI, escavadeiras diversas. No estado que se encontra.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69938", "080")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69938", " Círculo e buldozer da motoniveladora SANY 190. No estado que se encontra.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69932", "081")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69932", " Eixo dianteiro motoniveladora SANY,190,suporte do círculo,tander do lado direito completo,escarificador completo.No estado que se encontra.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69935", "082")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69935", " Escarificador e eixo , motoniveladora XCMG  GR 180. No estado que se encontra.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69933", "083")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69933", " Escarificador e eixo dianteiro motoniveladora XCMG  GR 180. No estado que se encontra.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69937", "084")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69937", " Buldozer, cilindro, suporte, capus, cabine completa. Motoniveladora GR 180, XCMG, sistema de círculo completo. No estado que se encontra.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69934", "085")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69934", " Acumuladores de GR 180 XCMG.No estado que se encontra.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69936", "086")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69936", " Cabine 966c  CATERPILLAR . No estado que se encontra.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72624", "087")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72624", " Transmissão CAT para máquina 930 71H. No estado que se encontra.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72628", "088")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72628", " Transmissão para 930 T , no estado que se encontra.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72630", "089")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72630", " Transmissão para 966R , transmissão canadense , no estado que se encontra.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72637", "090")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72637", " Semi eixos: caminhões e barras direcionais para motonilevadoras. No estado que se encontra.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72631", "091")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72631", " Comandos finais para escavadeiras Hyundai 210 , no estado que se encontra.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72626", "092")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72626", " Peças diversas para caminhões , no estado que se encontra.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72633", "093")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72633", " Transmissão modelo ZF , para equipamentos chineses:  XCMG, SHANTUI, XCMA, DINAPAC. No estado que se encontra.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72629", "094")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72629", " Bombas , válvulas, pedais de escavadeira Hyundai e pá mecânica para Hyundai e máquinas de desmanche. No estado que se encontra.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72625", "095")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72625", " Comandos hidráulicos diversos para motoniveladoras e pá carregadeiras. Caterpillar, Hyundai e Sany. No estado que se encontra.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72634", "096")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72634", " Comando final e diferencial de pá mecânica chinesa , W50L. No estado em que se encontra.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...80 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72623", "097")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72623", " Reservatório para caminhões volkswagem e Mercedes , no estado que se encontra.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72636", "098")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72636", " Boias de tanque para caminhões volkswagem , Mercedes , volvo , no estado que se encontra.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72627", "099")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72627", " Radiadores e intercooler ,máquinas motoniveladora , no estado que se encontra.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72635", "100")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72635", " Volantes de motores Cummins, no estado que se encontra.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72646", "101")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72646", " Pá Carregadeira mecânica Caterpillar. Mod. 966R")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...958 lines deleted...]
-      </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72647", "102")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72647", " Pá Carregadeira mecânica CATERPILLAR 950G, sem motor , possui transmissão , componentes hidráulicos e elétricos , trem de força completo")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72649", "103")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72649", " Pá Carregadeira mecânica CATERPILLAR. Mod. 950F")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72667", "105")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72667", "Escavadeira Volvo 240B LC. Parou funcionando. Necessita de baterias, óleos e filtros. Ano 2006/2007")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72668", "106")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72668", " Escavadeira volvo 240B LC. Parou funcionando. Necessita reparo nas unidades injetoras, falta concha. Ano 2006.")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72766", "107")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72766", "Reboque rodoviário. Ano 1978. Trio elétrico ou loja ambulante. Cap. 25 t. Sem pneus.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72773", "108")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72773", "DODGE RAM 2500 LARAMIE. DIESEL. ANO 2011/ 2012")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>