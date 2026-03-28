--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1339 +269,1175 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69961", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69961", " [ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR. MOD. 938F. ANO 1997")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69975", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69975", "[ VÍDEO ] TRATOR DE ESTEIRA NEW HOLLAND. MOD. D180C. ANO 2016")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>280.100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72068", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72068", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D6T XL. ANO 2007")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>199.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69943", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69943", " PATROL FIATALLIS FG70. ANO 96")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>53.900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69976", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69976", "TRATOR MASSEY FERGUSON. MOD. 3690. ANO 2003.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>53.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72069", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72069", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR. MOD. D4D. EMBREAGEM. ANO: APROX. 1978")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>37.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69977", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69977", "TRATOR JOHN DEERE. MOD. 5700. ANO 2003")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>53.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69944", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69944", " ROLO TEMA TERRA SP6000. ANO 83")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>26.950,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69967", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69967", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR. MOD. 930. TRANSMISSÃO CATERPILLAR. ANO 1981")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>81.200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69962", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69962", "CARROCERIA DE MADEIRA. 8 M.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69978", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69978", "MERCEDES BENZ. MOD. LK 2318. ANO 1991/91. 6x4. Traçado. (Aprox. 113.000 km originais)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>53.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69946", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69946", " ROLO COMPACTADOR MULLER. MOD. TI 18. ANO 1987. MOTOR MERCEDES. TRASMISSÃO CLARK 28.000")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>29.600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69948", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69948", " GARFO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69968", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69968", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR. MOD. 930. TRANSMISSÃO CATERPILLAR. BOMBA BOSCH. ANO 1987.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>91.900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69945", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69945", "[ VÍDEO ] ROLO MULLER TC18. ANO 92")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>32.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69969", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69969", "[ VÍDEO ] MINI CARREGADEIRA VOLVO. MOD. MC 60C. ANO 2012. (Aprox. 1.000 hrs)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>87.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69951", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69951", "[ VÍDEO ] VIBRO ACABADORA. MOD. SA41. ANO 88")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>53.900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69973", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69973", "CARRETA REBOQUE PARA TRANSPORTE DE MINIESCAVADEIRA / MINICARREGADEIRA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69970", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69970", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR. MOD. D6T. ANO 2011")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>217.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69979", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69979", "[ VÍDEO ] EMPILHADEIRA YALE. CAP. 2,5 TON. ANO 1990. DIESEL")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69953", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69953", "[ VÍDEO ] MINI CARREGADEIRA CATERPILLAR. MOD. 226B. ANO 2010")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69963", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69963", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS. MOD. FR140. ANO 2000")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69980", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69980", "TRANSBORDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69971", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69971", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W18. ANO 1987.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>86.700,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69972", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69972", "[ VÍDEO ] CAMINHÃO MERCEDES BENZ. MOD. L 2013. ANO 1981. POLIGUINDASTE")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69949", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69949", "TRASMISSÃO DE MOTONIVELADORA CATERPILLAR 120H. ANO 99")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>33.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69950", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69950", "[ VÍDEO ] ROLO COMPACTADOR. MOD. TH10. ANO 87")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69964", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69964", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W20B. ANO 1987")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69981", "036")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69981", "CAÇAMBA EMPILHADEIRA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69954", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69954", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69956", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69956", " CARRETA. CHAPEADA DE AÇO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69982", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69982", "[ VÍDEO ] TRATOR MASSEY FERGUSON. MOD. MF 85 X. MOTOR MWM 4 CIL. DIREÇÃO HIDRÁULICA. TOMADA DE FORÇA (ORIGINAIS DE FÁBRICA)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69983", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69983", "CAMINHÃO VW. MOD. 13.130. CARROCERIA. ANO 1984/84. MOTOR MWM 229 REDUZIDO. FREIO A AR. ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...275 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69958", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69958", " COMPRESSOR ATLAS COPCO. MOD. PARAFUSO. MOTOR PERKINS DIESEL")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>16.900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69955", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69955", " COMPRESSOR DE AR WAYNE")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69957", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69957", " RETROESCAVADEIRA FIATALLIS. MOD. FB 80. MOTOR MWM. ANO 1995")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>36.900,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69959", "049")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69959", "[ VÍDEOS ] ESCAVADEIRA NEW HOLLAND. MOD. E385. ANO 2016")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>285.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69960", "053")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69960", " RIPPER DE TRATOR ESTEIRA D8K. COMPLETO. COM 1 UNHA.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69966", "057")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69966", "TRATOR MASSEY FERGUSSON. MOD. 5275. ANO 2000. Barramento hidráulico/ tomada de força.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>51.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69940", "105")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69940", " CARRETA C/ MESA DE 6 M ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...862 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69941", "117")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69941", "[ VÍDEO ] ROLO COMPACTADOR MULLER TC18 . MARCA: MULLER . MODELO:  TC18 . ANO: 1987 ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>