--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1467 +269,1287 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69992", "007")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69992", " TRANSBORDO  . Marca: SANTA IZABEL  . Mod: TASI 10500 . Ano:  2012")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72741", "008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72741", "[ VÍDEO ] PÁ CARREGADEIRA Caterpillar mod. 924F. Ano 2000")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72738", "009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72738", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72740", "010")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72740", " Par de pneus e aro montado para Valtra ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72737", "011")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72737", " Motor John Deere 6090")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72743", "012")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72743", " Caixa corte de base montada John Deere 3520")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72742", "013")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72742", " Cubo redutor john deere colhedora 3520 funcionando")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.300,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72739", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72739", " 3 Pneus usados ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69991", "015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69991", " 02 PEÇAS DE ALONGADORES DE RODA . Marca: JOHN DEERE . Mod: 7185J . Ano:  2017")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69990", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69990", " 04 PEÇAS DE ALONGADORES. Marca: VALTRA. Aplicação: eixo Carraro")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72745", "017")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72745", "1 Pneu usado")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72744", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72744", "2 Pneus usados")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69993", "021")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69993", "PATROL CATERPILLAR. MOD. 120B. ANO 1978")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69996", "029")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69996", " Comboio Gascom pressolub ano 2011, 9.000 litros de diesel.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69995", "030")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69995", " Comboio Andrade ano 2008 - 5.000 litros")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>11.900,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69997", "032")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69997", "03 UNIDADES DE CUBO REDUTOR JOHN DEERE . MARCA: JOHN DEERE . MOD: 3520")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70021", "034")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70021", " 02 PEÇAS DE ALONGADORES DE RODA . Marca: JOHN DEERE . Mod: 7185J . Ano:  2017")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70023", "035")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70023", " 04 PEÇAS DE ALONGADORES. Marca: VALTRA. Aplicação: eixo Carraro.")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70024", "036")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70024", " 04 PEÇAS DE ALONGADORES. Marca: VALTRA. Aplicação: eixo Carraro.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70025", "037")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70025", " 04 PEÇAS DE ALONGADORES. Marca: VALTRA. Aplicação: eixo Carraro.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70022", "038")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70022", " 04 PEÇAS DE ALONGADORES. Marca: VALTRA. Aplicação: eixo Carraro.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70018", "040")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70018", " CAMINHÃO COMBOIO VW MOD. 31-320 ANO 2009 (Ref. AA)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>185.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70003", "041")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70003", " CAMINHÃO PIPA MOD.2423 TRAÇADO ANO 2009 (Ref. BB)")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>175.800,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70019", "042")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70019", " CARRETA AREA DE VIVENCIA - GALEGO ANO 1998 (Ref. CC)")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70013", "043")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70013", " CONJUNTO SANTAL TRANSBORDO MOD. VT10500 ANO 2014 (Ref. DD)")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70015", "044")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70015", " CONJUNTO BALDAN TRANSBORDO MOD. 12600 ANO 2011 (Ref.EE)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70004", "045")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70004", " CONJUNTO SANTAL TRANSBORDO MOD. VT10500 ANO 2014 (Ref. FF)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70014", "046")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70014", " TRANSBORDO TESTON MOD. 22.000 ANO 2015 (Ref. GG)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70007", "047")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70007", " TRANSBORDO TESTON MOD. 22.000 ANO 2015 (Ref. HH)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70011", "048")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70011", " TRANSBORDO TESTON MOD. 22.000 ANO 2015 (Ref. II)")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70008", "049")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70008", " TRANSBORDO TESTON MOD. 22.000 ANO 2015 (Ref. JJ)")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70012", "050")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70012", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref. RT01)")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70006", "051")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70006", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref.RT02)")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70016", "052")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70016", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref.RT03)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70005", "053")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70005", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref.RT04)")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70010", "054")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70010", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2010 (Ref.RT05)")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69998", "055")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69998", " [ VÍDEO ] COLHEDORA CASE MOD. 8800 ANO 2015 (Ref. CH03)")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69999", "056")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/69999", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2013 (Ref. CH05)")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70001", "058")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70001", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2014 (Ref. CH06)")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70000", "059")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70000", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2014 (Ref. CH07)")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70017", "060")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70017", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE 3522 ANO 2013 (Ref. CH08)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70002", "061")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70002", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE 3520 ANO 2011 (Ref. CH09)")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72388", "062")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72388", "Par de Esteira rodante John deere 3520, Completa com cubos redutores. ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72389", "063")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72389", "Carroceria Bau frigorífico para caminhão toco - Parou funcionando")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72390", "064")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72390", "Carreta adaptada para distribuir torta Parou trabalhando ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>