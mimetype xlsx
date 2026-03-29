--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6901", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6901", "CAMINHÃO FORD CARGO 2842  AT TRACTOR CAB EST, ANO 2014, PLACA FINAL 163,OBS: SEM ESTEPE E BATERIA, COM AVARIAS NA LATA, MECANICA SEM TESTE, LOCALIZAÇÃO PARA  VISITAÇÃO E RETIRADA, SÃO PAULO-SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>79.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6902", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6902", "CAMINHONET CAB DUPLA MMC  4X4 GL 02/03, COMB DIESEL, FUNCIONADO, PLACA FINAL 18, IPVA 2017 PAGO, SEM DEBITOS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6872", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6872", " KOMBI FURGÃO ANO 2008 MOD 2009, PLACA FINAL 573 VEÍCULO BATIDO COM AVARIAS, VISITAÇÃO E RETIRADA SÃO PAULO SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6874", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6874", " CAMINHÃO M.BENS LK 2638 BASCULANTE, ANO E MOD 2000.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6877", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6877", " CAMINHÃO MB  1214, BAU, ANO/MOD 97/97.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6882", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6882", " CAMINHÃO SCANIA 111  ANO/MOD 78/78 PLACA FINAL 462  OBS FUNCIANANDO SEM BATERIA E TACOGRAFO LOCALIZAÇÃO SÃO PAULO- SP")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>19.300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6903", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6903", "Mini Pá Carregadeira Marca Skilloader Mod SL 90 ano 2016, Semi nova")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6887", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6887", "JEEP WRANGLER UN SPORT, 2010/2010, VERDE")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>65.600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6897", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6897", "CAMINHÃO VOLVO VM 330 4X2 , ANO E MOD 2012, PLACA FINAL 486, FUNCIONANDO OBS SEM ESTEPE SEM BATERIA E FALTA DOIS PNEUS NA TRASEIRA, LOCALIZAÇÃO SÃO PAULO- SP")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6898", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6898", "CAMINHÃO VOLVO VM 330 4X2 , ANO E MOD 2012, PLACA FINAL 546, FUNCIONANDO, OBS SEM ESTEPE SEM BATERIA E FALTA DOIS PNEUS NA TRASEIRA, LOCALIZAÇÃO SÃO PAULO- SP")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6957", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6957", "JIPE TROLLER T4 XLT 3.2, ANO 2014 MOD 2015, ATENÇÃO FALTA ALGUMAS PEÇAS DE MOTOR NÃO FUNCIONA, COR VERDE.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>70.700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6899", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6899", "CAMINHÃO VOLVO VM 330 4X2 , ANO E MOD 2012, PLACA FINAL 476, FUNCIONANDO, OBS SEM ESTEPE SEM BATERIA, LOCALIZAÇÃO SÃO PAULO- SP")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6896", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6896", "CAMINHÃO VOLVO VM 330  4X2 , ANO E MOD 2012, PLACA FINAL 466, FUNCIONANDO, OBS SEM ESTEPE SEM BATERIA E FALTA DOIS PNEUS NA TRASEIRA,  LOCALIZAÇÃO SÃO PAULO- SP")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6904", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6904", "HONDA FUSCO CARGO BAU DE ALUMINIO 150 F, ANO/MOD 14/14,")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>7.400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6905", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6905", "MOTO HONDA CG150 FAN ESDI, ANO/MOD 14/14 COMB FLEX, PLACA FINAL 93")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6879", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6879", " MICRO ÔNIBUS, ANO 1976 MOD 1977, PLACA FINAL 98, OBS: FUNCIONADO MAS  RUIM DE FREIO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.600,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6881", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6881", " ÔNIBUS MB 1620 ANO 1997, PLACA FINAL 79, LOCALIZAÇÃO SÃO PAULO,  FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>13.300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6906", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6906", "MOTO HONDA CG150 FAN ESDI, ANO/MOD 12/12 COMB FLEX, PLACA FINAL 99")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6959", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6959", "COBRE APROXIMADAMENTE 2300 KILOS (2,3 TON) SUCATA DE FIOS DE COBRE E PERFIL")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6958", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6958", "APROXIMADAMENTE 3,680 KILOS DE SUCATA DE INOX 430 A CAÇAMBA NÃO ACOMPANHA O LOTE, DEVERÁ SER RETIRADO O INOX E PESADO DENTRO DA EMPRESA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6960", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6960", "JEEP WRAGLER SPORT, ANO 1997 MOD 1998, DIESEL MOTOR 3.0  TURBO INTERCOOLER DA TOYOTA HILLUX , FUNCIONANDO, PLACA FINAL 75")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>41.400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...96 lines deleted...]
-      <c r="A20" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6875", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6875", " Bicicleta Triciclo Elétrico Bau, Dream Bike Elektra, Funcionando, no estado.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B20" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="A25" s="5" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6873", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6873", " Bicicleta Triciclo Elétrico Bau, Dream Bike Elektra, funcionando, no estado.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B25" s="4" t="inlineStr">
-[...243 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6876", "050")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6876", " CAMINHÃO M. BENZ 1723, ANO/MOD 98/99 CAVALO MECANICO, PLACA FINAL 20, FUNCIONANDO LOCALIZAÇÃO SÃO PAULO ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>