--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1435 +269,1259 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70194", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70194", "veja o vídeo!! RETRO ESCAVADEIRA CATERPILLAR, MOD CAT 416D, ANO 2006, COMB. DIESEL, COR AMARELA, NUM DE SÉRIE: CAT0416DLB2D02345 - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>45.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70203", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70203", "TRATOR VALMET 110; ANO 1977; FUNCIONANDO ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70200", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70200", "TRATOR MASSEY FERGUSSON 50X; ANO 1972; MOTOR, HIDRÁULICO E CÂMBIO - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70197", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70197", "MASSEY FERGUSON 95 X; ANO 1974; DIREÇÃO HIDRÁULICA E CONTROLE - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>18.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70198", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70198", "VALMET 110; ANO 1980 - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70546", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70546", "TRATOR NEW HOLLAND TL 75; ANO 2007 - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70195", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70195", "TRATOR VALMET 80 I.D.; ANO 1972 - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70542", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70542", "PÁ CARREGADEIRA YALE; TORQUE 28; SEM IDENTIFICAÇÃO DE ANO - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70543", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70543", "PÁ CARREGADEIRA YALE; SEM IDENTIFICAÇÃO DE ANO - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70196", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70196", "RETROESCAVADEIRA VALMET 65 I.D. MOD. I.V / ANO 1980; SEM BATERIA; (FALTAM 2 SAPATAS DOS PÉS TRASEIROS,QUE APOIAM NO SOLO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70544", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70544", "PÁ CARREGADEIRA YALE; SEM IDENTIFICAÇÃO DE ANO - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>37.400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70201", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70201", "TRATOR VALMET; MODELO 600D; ANO 1960 - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70545", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70545", "PÁ CARREGADEIRA W7; MOTOR: MERCEDES; NÃO POSSUI UM DIFERENCIAL TRASEIRO; SEM IDENTIFICAÇÃO DE ANO - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70211", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70211", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL; MOTOR DESMONTADO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>32.850,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70212", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70212", "TRATOR VALMET 62 ID; ANO APROXIMADO 1977")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70213", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70213", "TRATOR DAVID BROWN 900; SEM IDENTIFICAÇÃO DE ANO - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71944", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71944", "TRATOR VALMET 68; ANO 82 - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71945", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71945", "TRATOR MASSEY FERGUSSON 65X; ANO 70 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71946", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71946", "PÁ CARREGADEIRA CASE 580E; ANO NÃO IDENTIFICADO - FUNCIONANDO MAS PRECISA DE REVISÃO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70217", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70217", "RETROESCAVADEIRA TEMA TERRA; MODELO 86; ANO APROXIMADO 1986/1988 - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70208", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70208", "GAIOLA PARA CARGA VIVA PARA CAMINHÃO 3/4")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70207", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70207", "ÔNIBUS M.BENZ/INDUSCAR APACHE U, ANO 2010/2010 CAP 26 P - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70205", "026")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70205", " veja vídeo - ONIBUS M.BENZ/INDUSCAR FOZ U, ANO 2010/2010 CAP 31 P - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70209", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70209", "IMPLEMENTOS (2 ARADOS; 3 DISCOS REVERSÍVEL; 1 GRADE COM 12 DISCOS)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70216", "033")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70216", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL. - FROTA 240")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>23.950,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70206", "038")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70206", "novas fotos GARRA SUCATEIRO MARCA USICAMP - SEM USO (LOTE APENAS A GARRA com ESTRUTURA de trabalho)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70228", "040")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70228", "3 PULVERIZADORES ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70218", "046")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70218", "COLHEITADEIRA MF 3640 ANO 1985 COM BOCA DE MILHO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70229", "073")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70229", "IMPLEMENTOS (2 SUBSOLADORES DE 1 HASTE; 1 DISCADOR DE 2 RUAS; 1 DESFIBRADEIRA SEM MOTORR")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70219", "101")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70219", "novas fotos USINA DOSADORA COMPLETA  ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71934", "116")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71934", "90 TONELADAS TUBOS 3 mts comprimento X "2" polegada; VENDA POR KILO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70227", "124")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70227", "BOCA DE COLHEDORA COMPRIMENTO 7.50 SEMI NOVA ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70239", "126")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70239", "3 CARRETAS COM 4 BANHEIROS CADA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70240", "127")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70240", "1 PLANTADEIRA MARCA SEMEATO PARA 12 LINHAS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70241", "128")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70241", "1 PLANTADEIRA MARCA JUMIL PARA 14 LINHAS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70242", "152")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70242", "GM; S10 2.2 RONTAN AMB; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70233", "390")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70233", "PENEIRA VIBRATÓRIA MARCA FAÇO 2 metros largura")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70234", "420")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70234", "PENEIRA  3 metrôs  de comprimento  ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70235", "500")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70235", "CARRETA PARA TRATOR METÁLICA DE 2x1.4 MTS; VASCULANTE DE 2 RODAS.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70232", "1028")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70232", "CARRETA ROSSETI ANO 86 PARA 2500KG - ESPARRAMAR CALCARREO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70238", "1037")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70238", "GAIOLA DO CAMINHÃO MERCEDES BENZ COM 6.70 METROS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70236", "1038")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70236", "SOBRE GUARDA PARA TRANSPORTE DE ANIMAIS, MADEIRA YPE. MEDIDAS: 5,90M (COMPRIMENTO) X 1,90M (ALTURA) X 2,50M (LARGURA)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70243", "1050")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70243", "LAVADORA; MARCA: GILBARCO - FALTA MOTOR")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...836 lines deleted...]
-      <c r="F39" s="4" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-[...446 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70237", "1052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70237", "2 ESTUFAS PARA ELETRODOS; MARCA: THERMOSOLDA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>