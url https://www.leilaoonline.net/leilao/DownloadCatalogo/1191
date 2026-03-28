--- v0 (2025-11-13)
+++ v1 (2026-03-28)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70245", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70245", "I/LR; DISCOVERY3 TDV6 HSE; 2007/2007; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70468", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70468", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 128 - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70469", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70469", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 313 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70246", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70246", "veja o vídeo!!! ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 103 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>36.050,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70249", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70249", "FIAT; WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO RET.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>25.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70248", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70248", "I/VW; PASSAT VAR 2.0T FSI; 2008/2009; PRETA; GASOLINA; POSSUI 86.000KM- FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70247", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70247", "I BMW; X5 4.8 FE81; 2007/2007; PRETA; GASOLINA; 7 LUGARES - FUNCIONANDO; IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...42 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70250", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70250", "FIAT/ WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70251", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70251", "FIAT; WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO RET")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70252", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70252", "FIAT; WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO RET")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70541", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70541", "GM/CHEVROLET 11000 COM MUCK; MARCA GUINDAUTEC; 1985/1986; BRANCA; DIESEL; CAP: 2,5 TON. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70253", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70253", "FIAT; WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO RET")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70255", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70255", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL; MOTOR DESMONTADO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70256", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70256", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL; MOTOR DESMONTADO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70257", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70257", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL; MOTOR DESMONTADO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70259", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70259", "VOLVO; NL10 340 4X2; 1993/1993; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>136.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70260", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70260", "FIAT; DOBLO RONTAN AMB2; 2012/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70258", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70258", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70261", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70261", "FIAT; PALIO WK TREKK 1.6; 2013/2014; PRATA; ALCO./GASOL. - FROTA G54 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...100 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70262", "033")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70262", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL. - FROTA 240")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>17.350,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70263", "034")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70263", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL.- FROTA 520")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>19.400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70264", "088")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70264", "HONDA; FIT EX CVT; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...249 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70471", "100")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70471", "KIT GNV PARCIAL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70540", "200")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70540", "24 PNEUS - MEDIDAS NAS ESPECIFICAÇÕES")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>