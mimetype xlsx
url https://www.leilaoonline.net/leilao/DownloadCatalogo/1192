--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,2779 +269,2435 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70378", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70378", "( 3 itens) 2 bancos + 1 suporte")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70344", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70344", "Kit espátula para desmontagem de pneus sem camara  de caminhão produto  sem uso")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70314", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70314", "(3 itens) 1 macaco  jacaré  2 toneladas com maleta + 1 chave pneumática 1/2 polegada + 1 calibrador digital. Todos sem uso .")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70315", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70315", "(2 itens) 1 calibrador  digital + 1 macaco jacaré  2 toneladas  com maleta.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70313", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70313", " 1 calibrador digital. Sem uso e na caixa.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70369", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70369", "Macaco jacaré  3 toneladas compacto  para veiculo rebaixado. Sem uso na caixa.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70370", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70370", "( 3 itens) 1 cavalete alto para veiculos em elevadores + 2 cavaletes para 3 toneladas . Sem uso.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70311", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70311", "  Suporte para motor para mecânicas. Produto sem uso")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70312", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70312", " 10 protetores de camara de ar aro 20   10 protetores de camara de ar aro 16   10 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>520,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70310", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70310", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70372", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70372", "2 pares de lampadas led automotiva H11/ H16 /H8 Philips ultinon. Pouco uso.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70345", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70345", "Macaco jacaré para empilhadeira 4 toneladas. Sem uso. Na caixa.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70371", "021")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70371", "kit ferragem para prateleira podendo montar até  8.00 metros de comprimento x 2.40 de altura . Sendo 10 colunas  de 2.40 mts de altura + 6 bandeja + 7 hastes simples. Produto usado.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70377", "022")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70377", " 5 pneus de trilha")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70376", "023")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70376", " aproximadamente 75 rodas  de ferro usada.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70318", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70318", " Balanceadora para rodas de veiculos de passeio, usada.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70320", "026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70320", " Calibrador digital completo, sem uso.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70323", "027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70323", " Esticador hidraulico 6 toneladas, produto sem uso.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>470,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70375", "029")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70375", " 6 pneus  de moto usados")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70324", "032")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70324", " ( 3 itens) Macaco jacaré 2 toneladas sem uso + esticador hidráulico 6 toneladas sem uso + calibrador digital, sem uso.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70321", "034")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70321", " 2 macaco jacaré 2 toneladas, sem uso.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70319", "036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70319", " Bomba dágua, sem uso.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70322", "038")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70322", "( 3 itens) 1 macaco jacaré  2 toneladas longo sem uso + 1 esticador  hidráulico 6 tonelada sem uso + 1 calibrador  digital sem uso")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.370,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70331", "041")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70331", " 1 carro esteira para mecânico   1 macaco hidráulico  de 8 toneladas   quadro de ferramentas com 10 ganchos. Produto sem uso.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>440,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70351", "042")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70351", " maleta de ferramentas  com 113 peças  sem uso")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70350", "043")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70350", " (2 itens) 1 maleta ferramentas  113 peças    1 jogo de soquetes  com 24 peças . Sem uso")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70327", "044")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70327", " Medida aferidora para conbustivel para posto, produto sem uso.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70330", "045")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70330", " Pingadeira de óleo 25 litros, produto sem uso.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70326", "046")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70326", " Coletor de oleo 50 litros com carrinho. Produto sem uso.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70329", "048")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70329", " Balde para troca de oleo de cambio e diferencial capacidade 14 litros, produto sem uso.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70328", "049")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70328", " 2 pneus de empilhadeira medida  600-9   2 camaras de ar aro 9   2 protetor aro 9. Produtos sem uso.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70325", "050")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70325", " 2 pneus  de empilhadeira  medida  650-10   2 camaras de ar aro 10   2 protetor aro 10, produto sem uso.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70349", "051")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70349", " Maleta ferramentas carrinho  com 186 peças  sem uso.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70347", "052")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70347", " (4 itens) 1 torquimetro de estalo   1 jogo de chave combinada   1 tesoura de poda   1 bomba  manual de 58 cm. Sem uso ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70348", "054")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70348", " 10 bandeja de pintura  sem uso")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70346", "056")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70346", " 24 torneira plastica de pia 1/2 sem uso")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70360", "057")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70360", " ( 8 itens)  1 kit c/ 8 peças  chave fenda e philips  1 engraxadeira   1 alicate corte   1 alicate uiversal  1 pistola cola quente  1 kit chave alen  1 kit chave combinada   1 arco serra. Sem uso.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70362", "058")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70362", " 24 torneiras plastica para tanque  sem uso.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70353", "059")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70353", " 24 torneiras plastica para jardim. Sem uso")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70365", "060")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70365", "  8 itens)  1 kit c/ 8 peças  chave fenda e philips  1 engraxadeira   1 alicate corte   1 alicate uiversal  1 pistola cola quente  1 kit chave alen  1 kit chave combinada   1 arco serra. Sem uso.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70356", "061")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70356", "  ( 7 itens) 1 jg chave fenda e philips   1 multimetro digital    1 alicate  corte   1 alicate  universal   1 ferro de solda   1 kit chave alen   1 pistola de cola quente. Tudo  Sem uso. ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70352", "062")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70352", " 24 torneiras plastica para lavatório sem uso")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70359", "063")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70359", " ( 4 itens ) 1 multimetro digital   1 nivel a laser   1 alicate  amperimetro   1 relogio comparador. ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70363", "064")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70363", " ( 2 itens) 1 torquimetro   1 relogio comparador sem uso.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70364", "066")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70364", " ( 3 itens) 1 kit ferramentas 117Pç   1 cabo bateria   1 arco de serra. Sem uso ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70358", "067")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70358", " ( 3 itens) 1 jg soquetes com 24 peças    1 arco de serra   1 cabo de bateria. Sem uso. ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70361", "068")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70361", "  ( 4 itens) 1 maleta de ferramentas 117 Pç    1 cabo de bateria   1 arco de serra   1 multimetro. Sem uso.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70357", "069")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70357", " ( 6 itens) 1 cabo de bateria   1 chave de roda   1 jg chave allen  1 jg chave fenda e philips   1 jg chave boca   1 bomba pedal. Sem uso. ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70355", "070")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70355", " ( 3 itens) 1 pistola de pintura   1 jg chave fenda e philips   1 pistola  de cola quente  Sem uso. ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70354", "071")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70354", " ( 3 itens) 1 jg soquete  com 24 Pç   1 bomba de encher de pedal   1 jg chave fixa. Sem uso .")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70366", "073")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70366", "( 5 itens) 1 multimetro digital com sensor + 1 alicate amperimetro + 1 ferro de solda + 1 pistola  de cola + 1 alicate bico. Sem uso.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70367", "074")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70367", "( 4 itens) 1 grampeador pneumatico 1 pistola cola quente + 1 alicate bico + 1 jg chave fixa 8 Pç. Sem uso .")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70368", "075")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70368", "( 4 itens) 1 multimetro digital + 1 nivel a laser + 1 alicate  amperimetro + 1 ferro  de solda. Sem uso.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70279", "076")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70279", " Farol automotivo. Sem uso")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70278", "077")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70278", " Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70292", "081")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70292", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70308", "082")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70308", " 10 Protetor de câmara de ar de caminhão aro 22, sem uso.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70283", "084")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70283", " Assentador de talão bazuca profissional, semi nova. ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70282", "085")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70282", " 8 kits reparo de pneu sem câmara, com macarrão, sem uso.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70284", "086")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70284", " Máquina para artesanado para frisar chinelos e outros, sem uso.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70281", "088")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70281", " Diversas peças para rodoar de caminhão, sem uso.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70286", "089")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70286", " 4 rodas de ferro aro 14 usadas para aplicação  volkswagem")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70285", "090")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70285", " 4 rodas de ferro aro 13, usadas, linha volkswagem.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70374", "091")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70374", "  50 camaras de ar aro 18 para moto")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70287", "092")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70287", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70289", "093")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70289", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70288", "094")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70288", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70280", "097")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70280", " painel de shampoozeira para lava rapido sem uso")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70293", "098")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70293", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70290", "099")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70290", " 3 pares de manete de motos diversas   6 pares de manete de moto anodizado   1 par de manopla.  produto sem uso.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70298", "100")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70298", "2 carburador de moto ybr 1 kit cilindro de motor titan SEM USO 2 baterias moura novas 1 bateria moura usada")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70295", "101")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70295", " 3 pares de amortecedor de moto colorido, produto sem uso.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70294", "102")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70294", " 3 kit de relação de moto produto de qualidade superior, produto sem uso.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70296", "103")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70296", " 4 kit de relação  de moto diversas  produto de qualidade superior, produto sem uso.")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70297", "104")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70297", " prateleira semi nova de mdf super conservada  para quarto ou outra área. Medida comprimento 1.30 m profundidade 0.26 cm")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70291", "105")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70291", " 2 gabinetes de informática com diversas peças dentro. Altura 0.39 cm largura 0.53 cm profundidade 0.67 cm")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70305", "107")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70305", " 204 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 144 litros 20/50   24 litros, 10/40 semi sintetico   36 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70306", "108")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70306", "84 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 72 litros 20/50   12 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70301", "109")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70301", " 120 litros de oléo para moto 20/50, produto sem uso, lacrado. fabricação 2020.")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70302", "110")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70302", " Macaco jacaré 2 toneladas sem uso, na caixa. ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70300", "111")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70300", " 60 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 48 litros 20/50   12 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70307", "112")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70307", " 240 litros de oléo para moto 20/50, produto sem uso, lacrado. Fabricação  2020 ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70303", "114")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70303", " Macaco jacaré 2 toneladas sem uso, na caixa. ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70304", "115")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70304", " Macaco hidropneumatico capacidade 20 toneladas. Produto sem uso, na caixa")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...558 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70299", "116")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70299", " 10 suportes para capacete para expor em loja. ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...2110 lines deleted...]
-      </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70373", "131")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70373", " 200 unidades de câmaras de ar. Aro 18 para moto. Sem uso")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>