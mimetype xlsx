--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72057", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72057", "FORD CORCEL. GASOLINA. ANO 1976")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70467", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70467", "CAVALO MECÂNICO M. BENZ AXOR 33.44S 6X4. ANO 2009")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>109.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70462", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70462", "CARROCERIA DE CANA PICADA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71953", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71953", "VW/Kombi ano/mod. 2000 - gasolina")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71952", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71952", "FORD F-1000 SS. Diesel. Ano 88/88.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71947", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71947", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>199.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71951", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71951", "CARROCERIA DE MADEIRA PARA D20 DUPLA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71950", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71950", "REBOQUE CARROCERIA FECHADA. ANO 1975. POSSUI CAMA, ARMÁRIO E PIA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72411", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72411", "[ VÍDEO ] VW Gol 1.6. Ano 1988. Etanol. Segundo dono. Funcionando. Bom estado.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70465", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70465", "Arado Ikeda. Ano 2014. Arado mod. Aiveca. Montado, deslocado, 4 hastes polietileno. Possui desarme automático das hastes. Pot. requerida 230cv.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70456", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70456", "5 pneus no estado - sendo: 3 com roda e 2 sem roda")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70461", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70461", " Plataforma de milho 10 linhas de 70cm Ano 2014 - marca Methalc mod. 10 x 73. Bom estado.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70452", "043")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70452", " Tanque de Combustível. Aprox. 3.000 Litros. Com bomba.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70444", "101")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70444", "GUINDASTE MADAL MD25. Ano 90  E  CAMINHÃO SCANIA VAPS 111S Ano 80. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70446", "102")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70446", "GUINDASTE TADANO. 60 Toneladas. Ano 2008")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>249.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70463", "103")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70463", "[ RETIRADO ] Guindaste Grove TMS 760. 60 Toneladas. Ano 1973. Sem motor. Sem câmbio. Sem jib. Sem Pneus.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>25.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70447", "104")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70447", "Guindaste P&amp;H. 15 Toneladas. Ano 1982")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>49.900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70455", "207")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70455", "Câmbio Scania 113. Ano 1991. 5 marchas.Com servo-embreagem")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70460", "405")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70460", " Forrageira JF 92z10")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70454", "408")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70454", " Terraciador marca Cinema com 20 discos")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70449", "501")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70449", "Colheitadeira Massey Ferguson. Mod. MF 360. Ano 1986.  Sem bateria. Com plataforma para soja")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70450", "503")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70450", "Compressor. Modelo W-29120. Motor 30 CV. Pressão máx: 175 PSI")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70448", "504")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70448", "GRANDE QUANTIDADE DE PEÇAS ORIGINAIS VEÍCULOS FIAT E  DUCATO. SEGUE LISTA ANEXO COM DESCRITIVO DAS PEÇAS E VALORES DE CUSTO.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70445", "508")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70445", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70451", "510")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70451", " Arado. Marca Líder. 3 Discos")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70453", "511")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/70453", " Caixote para Semi-reboque de Cana Picada. Ano 1995. Comprimento: 10 m")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.700,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...670 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72067", "512")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72067", "1 peso de roda traseira trator John Deere modelo 7715")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>