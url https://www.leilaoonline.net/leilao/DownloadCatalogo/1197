--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71954", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71954", " Painel de teste hidráulico,  Rexroth")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71955", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71955", "[ VÍDEO ] Motoniveladora Caterpillar 120B  ANO / MOD:  1986 CHASSI:  32C01566 OBS:  Funciona")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71957", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71957", " 4000m² Cobertura Metalica para Galpão OBS:  Não acompanha telhas.  Composição do lote:  28 vigas treliçadas de 10,80 x 1,35 x 0,50m  28 vigas de 9 x 1,50 x 2,30m  Medidas das vigas U: 200mm x 4.75mm  Cobertura de 4000m² considerando espaçamento de 6 metros entre as vigas   ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71959", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71959", " Caçamba Cana Picada")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71969", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71969", " Roçadeira rotativa Herder, Roadmaster ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71958", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71958", " Caçamba Distribuir Adubo")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71968", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71968", " Diversas Rampas Elevatórias")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71971", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71971", " Rolo Compactador Caterpillar,  CP 533-D ANO / MOD:  2003 CHASSI:  CATCP533HAFC00334 OBS:  Funciona")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71961", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71961", " Cabine Desmontada de VW Titan 18.310")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71963", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71963", " Caçamba Cana Picada")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71964", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71964", " Caçamba Cana Picada")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71970", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71970", " Roçadeira rotativa FLV - Herder")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71960", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71960", " Retroescavadeira CASE  580N 4X4 c/ Braço Extensor ANO / MOD:  2013 CHASSI:  NCAH05595 OBS:  Funciona")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>141.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71975", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71975", " Land Rover  Evoque Dynamic Tech ANO / MOD:  2012 PLACA final: 03 OBS:, CHASSI: SALVA2861...........  Funciona")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71974", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71974", " Sider Facchini,   três eixos ANO / MOD:  1995 PLACA: final; 28 , OBS:  Sem pneus")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71972", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71972", " BMW  320i ANO / MOD:  2013 PLACA  final: 12 . ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71965", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71965", " Manipulador Genie,  GTH 4013 ANO / MOD:  2008 Nro. Série 18614 OBS:  Funciona")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71962", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71962", " CAMINHÃO VW 24.220 EURO3 Worker,  Roll-On ANO / MOD:  2010 PLACA final: 93 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71956", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71956", " Cavalo Mecânico Volvo,  VM 310 4X2 ANO / MOD:  2010 PLACA final 33 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>93.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71973", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71973", " Barco Jet Boat Motor 25HP c/ carretinha de transporte OBS:  Funciona")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71966", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71966", " CAMINHÃO FORD  Cargo 2423,  Poliguindaste.  ANO / MOD:  2013 PLACA final: 29 ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>144.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71967", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/71967", " CAVALO MEC.  SCANIA,  R124 GA4X2NZ 360 ANO / MOD:  2003 PLACA final: 08 ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72693", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72693", "TRATOR NEW HOLLAND. MOD. TL95E 4X4. ANO 2011. EM FUNCIONAMENTO.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>78.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...574 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72343", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72343", "CAMINHÃO VW.  17.250E WORKER, BASCULANTE C/ MUNCK.,  PREF: 211107 PLACA:  FAR2831 CHASSi: 9533N82TXCR234856 RENAVAM:  594439981 ANO/MOD: 2010/2011, CAMINHÃO TOCO / MECÃNICO ,   NO ESTADO. ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>149.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>