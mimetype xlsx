--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230", "102")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO/MOD.12/13, COR BRANCO CRISTAL, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET - TRAVA ELET, DÉBITOS DE R$ 1.850,00 POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229", "120")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO/MOD.12/13, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET,COR  BRANCO CRISTAL,  DÉBITO DE R$1.850,00 POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231", "131")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231", " KOMBI STANDARD 1.4 MI TOTAL FLEX 8V, ANO/MOD.13/14, OPCIONAIS BASICA, COR  BRANCO CRISTAL, DÉBITO R$ 500,00  POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232", "137")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232", " CELTA LIFE/ LS 1.0 MPFI 8V FLEX POWER 3P, ANO/MOD.11/12, COR  PRATA POLARIS, OPCIONAIS BÁSICO, DÉBITOS DE R$ 380,00, POR CONTA DO COMPRADOR - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228", "139")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, ANO/MOD.11/12, COR  PRETO NINJA, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET, DÉBITOS DE R$ 1.380,00, POR CONTA DO COMPRADOR - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227", "143")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, ANO/MOD.12/13, COR  PRATA SIRIUS, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET,DÉBITOS DE R$ 650,00, POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236", "149")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, ANO/MOD.11/12, COR  PRETO NINJA, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET, DÉBITOS DE R$ 2.100,00, POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235", "150")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, ANO/MOD.11/12, COR  PRETO NINJA, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET, DÉBITOS DE R$ 410,00, POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233", "152")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER 3P, ANO/MOD.11/12, COR  PRATA POLARIS, OPCIONAIS BÁSICO, DÉBITOS DE R$ 380,00, POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238", "157")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, ANO/MOD.11/12, COR PRETO NINJA, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET, DÉBITOS DE R$ 1.700,00, POR CONTA DO COMPRADOR - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234", "159")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO/MOD.12/12, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET, COR  PRATA SARGAS, DÉBITO R$ 3.700,00 POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237", "165")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, ANO/MOD.11/12, COR PRETO NINJA, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET, DÉBITOS DE R$ 4.600,00, POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241", "166")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, ANO/MOD.11/12, COR PRETO NINJA, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET, DÉBITOS DE R$ 960,00, POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244", "168")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/244", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, ANO/MOD.11/12, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELETCOR, COR PRATA SIRIUS, R$ 460,00  POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239", "172")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO/MOD.12/13, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET, COR  BRANCO CRISTAL, DÉBITO R$ 4.100,00  POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240", "184")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, ANO/MOD.12/13, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET - TRAVA ELET, COR PRATA SIRIUS, R$ 700,00  POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243", "186")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO/MOD.12/13, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET, COR  BRANCO CRISTAL, DÉBITO R$ 1.840,00  POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245", "5062")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/245", " VW/KOMBI, ANO/MOD. 13/14, COR BRANCA, COMB. ALCO/GASOL, BASÍCA DÉBITO DE  R$ 200,00 - POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242", "5065")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242", " VW/GOL 1.0 ANO/MOD.11/12, COR PRETO NINJA, OPCIONAIS AR - DH - ABS - AIR BAG - VD ELET  - TRAVA ELET, DÉBITOS DE R$ 300,00 POR CONTA DO COMPRADOR - MECÂNICA SEM TESTE                  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246", "5072")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/246", " VW/KOMBI, ANO/MOD. 13/14, COR BRANCA, COMB. ALCO/GASOL, BASÍCA DÉBITO DE  R$ 200,00 - POR CONTA DO COMPRADOR  - MECÂNICA SEM TESTE  - COMITENTE: BANCO SOFISA S/A  VISITAÇÃO DIA 13/07/2016 9:00 AS 17:00"")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>