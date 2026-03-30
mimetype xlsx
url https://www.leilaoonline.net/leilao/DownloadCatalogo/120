--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6914", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6914", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6918", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6918", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6915", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6915", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6917", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6917", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6916", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6916", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6919", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6919", "  REATOR  EM AÇO INOX 304, COM MISTURADOR, ANO 2011, SÉRIE.: 592, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6920", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6920", "  REATOR  EM AÇO INOX 316, COM MISTURADOR, ANO 2011, SÉRIE.: 593, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6924", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6924", "  REATOR  EM AÇO INOX 316, COM MISTURADOR, ANO 2011, SÉRIE.: 593, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6921", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6921", "  REATOR  EM AÇO INOX 316, COM MISTURADOR, ANO 2011, SÉRIE.: 593, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6925", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6925", "  REATOR  EM AÇO INOX 316, COM MISTURADOR, ANO 2011, SÉRIE.: 593, CAP. 15 M³ ,  Altura Aprox.: 3600 mm., Diâmetro Aprox.: 2300 mm.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6923", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6923", "  DISPERSOR DO FILTRO PRENSA  EM AÇO INOX, DIMENSÕES APROX. 2000 X 1700 MM, COM MISTURADOR. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6929", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6929", "  DISPERSOR DO FILTRO PRENSA  EM AÇO INOX, DIMENSÕES APROX. 2000 X 1700 MM , COM MISTURADOR. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6931", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6931", "  DISPERSOR DO FILTRO PRENSA  EM AÇO INOX, DIMENSÕES APROX. 2000 X 1700 MM . COM MISTURADOR. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6927", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6927", "  DISPERSOR DO FILTRO PRENSA  EM AÇO INOX, DIMENSÕES APROX. 2000 X 1700 MM , COM MISTURADOR. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6928", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6928", "  PULMÃO DECANTADER EM AÇO INOX, ANO 2011, CAP. 05 M³ ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6926", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6926", " PULMÃO DO DISPERSOR EM AÇO INOX 316, ANO 2011, SÉRIE.: 604-605 CAP. 15.000 LITROS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6930", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6930", " DISPERSOR AÇO INOX 316 15.000 LITROS       ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6932", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6932", " DISPERSOR AÇO INOX 316 15.000 LITROS       ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6933", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6933", " FILTRO PRENSA  TECITEC TTIFP1-60, ANO 2010, Com Unidade Hidráulica, Marca.: Rexroth, Motor WEG de 7,5 CV.,  Com Painel, Com Comando Numérico Mitsubishi GOT 1000. , Quantidade de Placas.: 60, Tamanho da Placa.: 1000 x 1000 mm., Espessura da Torta.: 30 mm., Volume da Câmara.: 22,76 L/cam., Área Filtr")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6938", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6938", " FILTRO PRENSA  TECITEC TTIFP1-60, ANO 2010, Com Unidade Hidráulica, Marca.: Rexroth, Motor WEG de 7,5 CV.,  Com Painel, Com Comando Numérico Mitsubishi GOT 1000. , Quantidade de Placas.: 60, Tamanho da Placa.: 1000 x 1000 mm., Espessura da Torta.: 30 mm., Volume da Câmara.: 22,76 L/cam., Área Filtr")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6935", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6935", " FILTRO PRENSA  TECITEC TTIFP1-60, ANO 2010, Com Unidade Hidráulica, Marca.: Rexroth, Motor WEG de 7,5 CV.,  Com Painel, Com Comando Numérico Mitsubishi GOT 1000. , Quantidade de Placas.: 60, Tamanho da Placa.: 1000 x 1000 mm., Espessura da Torta.: 30 mm., Volume da Câmara.: 22,76 L/cam., Área Filtr")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>110.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6937", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6937", " MOTO BOMBA CENTRIFUGA, VAZÃO 60.000 L/H ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6936", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6936", " MOTO BOMBA CENTRIFUGA, VAZÃO 20.000 L/H ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6939", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6939", " MOTO BOMBA CENTRIFUGA, VAZÃO 20.000 L/H ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6943", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6943", " MOTO BOMBA CENTRIFUGA, VAZÃO 20.000 L/H ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...297 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6941", "029")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6941", " VÁLVULA PCV 3" COM UNIÃO – 7 pçs")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6944", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6944", " TUBUÇÃO E FLANGES METÁLICO DE 3"")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...122 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6942", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6942", " TUBOS DE POLIPROPILENO DE 3"")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6945", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6945", " VÁLVULA DE ESFERA DE 3" - AÇO INOX – 1 pç")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6947", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6947", " CALDEIRA A VAPOR ECAL VMI-5000, ANO 2010, POTÊNCIA TÉRMICA.: 3,210.000 KCAL/H COM TANQUE MODELO TCH-500 / COLETOR DE VAPOR DE 5000 Kg / 3 COLETORES DE VAPOR DE 1.500 Kg")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6946", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6946", " FUNIL DE PP P/FILTRO PRENSA 1000X1000MM           ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...218 lines deleted...]
-      <c r="D32" s="4" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6948", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6948", " FUNIL DE PP P/FILTRO PRENSA 1000X1000MM           ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E32" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...318 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6949", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6949", " FUNIL DE PP P/FILTRO PRENSA 1000X1000MM           ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>