--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72763", "1005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72763", "COMPRESSOR DE AR CHIAPERINI INDUSTRIAL CJ25 APV 250LT- LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72652", "1010")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72652", "1 MOTOR ELÉTRICO COM BASE PRONTA PARA FIXA BOMBA DE LAVA.- LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72660", "1016")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72660", "1 MOTOR PERKINS PARA USO CAMINHONETE ANTIGA , TRATOR E GRUPOS GERADOR. VIRABREQUIM NOVO , APÓS MONTAGEM DA RETIFICA NÃO FOI USADO- LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72640", "1018")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72640", "VÁRIOS TANQUES DE COMBUSTÍVEL DE ÓLEO DIESEL, VÁRIOS BOTIJÃO DE AR DE CAMINHÃO E ÔNIBUS- LOC. BEBEDOURO/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72643", "1019")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72643", "4 AR CONDICIONADO , ESTAVAM SENDO USADOS- LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72658", "1021")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72658", "COMPRESSOR DE AR MODELO W15/50SD PRESSÃO 8.8 PAROU FUNCIONANDO.- LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72642", "1026")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72642", "CLIMATIZADOR INDUSTRIAL . PAROU FUNCIONANDO COM CONDUTOR DE AR DO TETO , O DE PAREDE , E A VENTOSA DE DIRECIONAMENTO DE AR - LOC. BEBEDOURO/SP ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72645", "1027")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72645", "65 ÓLEO PARA COMPRESSOR , 15 LITROS ÓLEO 0W20 , 19LITROS ÓLEO 5W20-  LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73422", "1034")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73422", "5 RODAS COM O CENTRO DE FORA, P/ PISAR FORA DA SOQUEIRA DE CANA, P/ PNEUS DE TRANSBRODO , CARRETA OU CAMINHÃO TRANSBORDO - LOC. BEBEDOURO / SP ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72639", "1040")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72639", "EIXO DIANTEIRO DO MERCEDES BENS 2635 , ESTABILIZADOR DE ÔNIBUS E CAMINHÃO MERCEDES BENS LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72127", "1043")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72127", "veja vídeo ÔNIBUS CIRCULAR COM AS NR DO MINISTERIO DO TRABALHO, ANO 2003/2003, LOC. BEBEDOURO/ SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>28.550,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73423", "1048")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73423", "CARREGADEIRA J DEERE MOTO CANA, ANO 2005, LOC. BEBEDOURO/SP ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>80.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72655", "1052")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72655", "2 EIXOS DE COMANDO COMPENSADOR DE MASSA 4 CILINDRO , DO MOTOR JONH DEERE - LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72656", "1053")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72656", "CAIXA MONTADA COM 2 MANCAIS E PARAFUSOS E 2 PORCAS . POUCO USO- LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72124", "1055")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72124", "veja vídeo- CARREGADEIRA MOTO CANA VALMET 128 , ANO 1997,  LOC.BEBEDOURO/ SP ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72657", "1056")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72657", "2 ROLOS DO TAMPADOR DE CANA COM POUCO USO- LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72126", "1057")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72126", "veja vídeo CAMINHÃO GMC 7.110 3/4 , ANO 1997, COR BRANCA,  LOC. BEBEDOURO/ SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72659", "1063")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72659", "PIÃO , 3 ENGRENAGENS , MONTADO PARA A CORNETA DO DIFERENCIAL GRANDE DO TRATOR JONH DEERE - LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72123", "1065")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72123", "veja o vídeo, CARREGADEIRA MOTO CANA J. DEERE, ANO 2006 , LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72641", "1067")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72641", "TANQUE DE FIBRA PARA ÁGUA COM SUPORTE PARA FIXAÇÃO- LOC. BEBEDOURO/SP ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72125", "1069")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72125", "Veja o Vídeo, CARREGADEIRA MOTO CANA FORD, ANO 1996,  LOC.BEBEDOURO/SP")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72644", "1070")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72644", "1 BOMBA DE LAVADOR MONTADA , 1 MOTOR ELÉTRICO COM CAVALETE - LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72654", "1078")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72654", "1 TOMADA DE FORÇA PNEUMÁTICA, PARA CÂMBIO COM EIXO- LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72650", "1081")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72650", "1 CAVALETE , 1 GERADOR DE 40 A 375 . ( O CAVALETE JÁ É O RESERVATÓRIO DE COMBUSTÍVEL. - LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72651", "1082")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72651", "MÁQUINA DE SOLDA ESAB ARC426- LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72762", "1085")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72762", "02 PNEUS AGRICOLAS 12-4/11-38 COM RODA MONTADO, 1 CENTRO  - LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72653", "1087")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72653", "1 BOMBA DUPLA (DIREÇÃO HIDRÁULICA E DA BARRA HIDRÁULICA ) SEMI NOVA .PARA MASSER FERGUNSON , VALMET, VALTRA .- LOC. BEBEDOURO/ SP ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>