--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2331 +269,2043 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72138", "2039")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72138", "4 MUFRA MTU E 3 FILTROS (peças para embarcação de transporte), S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72139", "2041")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72139", "EMPILHADEIRA MANUAL FM 1016, S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72143", "3049")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72143", " 3 MOTO BOMBA, PATR.054516, UND BARRA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72137", "3106")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72137", "TRATOR VALTRA BH 210I 4X4, ANO 2014, FR61028, UND BARRA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>137.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72144", "3139")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72144", " 1 GERADOR A GAS. 2500W E 1 COMPRESSOR MAKITA MID MAX 2400, FR102460UND BARRA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72145", "3156")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72145", "SR/USICAMP SRCP E2 10000, ANO 2008/2008, FR96257, UND BARRA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72140", "4048")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72140", "TRATOR VALTRA BM 100, ANO 2008, FR19700, UND. PARAÍSO  - NÃO FUNCIONA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>80.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72146", "4123")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72146", "novas fotos - 03 TRATORES CASE SUCATEADOS, (FR19055/19515/ ANO 2014) 1 S/FR S/ ANO, LOC. PARAISO (NÃO FUNCIONAM FALTANDO PEÇAS)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72141", "4130")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72141", "TRANSBORDO, FR38327, UND PARAÍSO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72142", "4131")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72142", "TRANSBORDO FR101955, UND PARAÍSO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72587", "11635")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72587", " CARROCERIA USICAMP, S/FR, UND SERRA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72581", "11691")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72581", " BAÚ, S/FR, UND SERRA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72582", "11792")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72582", " DOLLY RODOFORT, FR148731/56908, UND SERRA, VENDA SEM DOCUMENTO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72584", "11797")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72584", "GERADOR BAMBOZZI MWM, FR49739, UND SERRA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72586", "11798")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72586", " CULTIVADOR, FR134033, UND SERRA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72583", "11799")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72583", " GERADOR, S/FR, UND SERRA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72588", "11802")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72588", " CARROCERIA COMBOIO, FR44142, UND SERRA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72589", "11804")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72589", " TRANSBORDO SMR 10500 10 T, FR10124, UND SERRA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72590", "11805")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72590", " TRANSBORDO SMR 10500 10 T, FR10125, UND SERRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72585", "11806")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72585", " SUCATA DE COLHEDORA CASE 8800, FR117535, UND SERRA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72607", "14062")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72607", "CULTIVADOR, FR17133, UND ZANIN")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72593", "14063")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72593", " CULTIVADOR DMB, FR361803, UND ZANIN")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72608", "14067")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72608", "CULTIVADOR, FR361539, UND ZANIN")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72591", "14068")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72591", " CULTIVADOR JUMIL, FR107901, UND ZANIN")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72596", "14128")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72596", " BAÚ, S/FR, UND ZANIN")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72592", "14129")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72592", " BAÚ, S/FR, UND ZANIN")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72594", "14133")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72594", " 02 COFRES, S/FR, UND ZANIN")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72595", "14135")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72595", " CAMINHÃO M.BENZ AXOR 3344 S 6X4, ANO 2014/2014, FR362082, UND ZANIN")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72609", "14150")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72609", "07 BOMBAS GILBARCO  - SF , UND ZANIN  ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72597", "15482")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72597", " TRATOR CASE 180 ANO 2010, FR93328, UND BONFIM")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72599", "15486")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72599", " CAMINHÃO M. BENZ AXOR 3344S 2006/2006, FR360409, UND BONFIM")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72600", "15489")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72600", " REBOQUE RANDON 12,50M 2010/2011, FR82638, UND BONFIM")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72598", "15491")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72598", " REBOQUE SOUFER 12,50M 2012/2012, FR164197, UND BONFIM")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72601", "15494")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72601", " REBOQUE SOUFER 12,50M 2012/2012, FR164439, UND BONFIM")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72602", "15495")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72602", " REBOQUE SOUFER 12,50M 2012/2012, FR164425, UND BONFIM")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72603", "15500")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72603", " REBOQUE RANDON 12,50M 2010/2010, FR46859, UND BONFIM")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72605", "15501")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72605", " REBOQUE RANDON 12,50M 2010/2010, FR46860, UND BONFIM")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72604", "15502")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72604", " REBOQUE RANDON 12,50M 2010/2011, FR86682, UND BONFIM")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72606", "15524")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72606", " SEMI REBOQUE USICAMP 12,50M 2008/2008, FR88508, UND BONFIM")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72610", "15525")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72610", "SUCATA DE PONTE ROLANTE S/ CARINHO, SF , UND BONFIM ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.050,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72611", "15526")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72611", " 5 TANQUES S/ USO DIVERSOS e 4 BOCAS DE VISITAS- OBS: (4 TANQUES A36 60M3 E 1 TANQUE A3630M3 ),SF. UND BONFIM ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>72.550,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72612", "15527")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72612", "REBOQUE 4E RANDOM 12,50M, ANO 2010/2010 , FR 82619- UND. BONFIM ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72613", "15528")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72613", "SEMI REBOQUE USICAMP 12,50M, ANO 2008/2008 , FR 88510- UND. BONFIM ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72638", "17082")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72638", "SUCATA DE VÁLVULAS INDUSTRIAIS DIVERSAS - UNIDADE PARAGUAÇU")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72134", "17083")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72134", "1 UND ALTERNADOR CAP 1500 KVA KW 1200 MOD. LD4 1500, S/FR, UND PARAGUAÇU")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72135", "17084")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72135", "FLOTO DECANTADOR TRATAMENTO DE CALDO, INVENTÁRIO 78466, PATRIMÔNIO: 25094 - UNIDADE: IPAUSSU ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72136", "17085")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72136", "TANQUE DE ACO CARBONO 2,50X2,50X3,00M , PATRIMONIO: 233550, UNIDADE MARACAÍ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72555", "17086")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72555", "TRATOR CORTE GRAMA  MOD 42L18G60X8A, INVENTÁRIO: 229292 - UNIDADE TARUMÃ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72723", "17099")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72723", "TANQUE MATRIX HORIZONTAL COMBUSTANQ,ANO 2010, M39 DNA ETANOL COM CAP. PARA 30.000 LTS,  LOC.São José dos Campos ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72765", "17100")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72765", "4 Cilindros do Tensor da Esteira, 1 Cilindro do Giro Case,3 Motor do Extrator Primário, 3 Bomba de Fluxo de Alta, 2 Motor do Radiador de Óleo, 1 Motor PG, 2 Cilindro da Carregadeira ,3 Bomba , 21 dentes, 1 Motor do Extrator Secundário, 2 Motor Charllynn 10000- loc. CAARAPÓ/ MT")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72133", "18007")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72133", "CHEVROLET S10/ ADVANTANGE D4X2, ANO 2010/2011, FLEX, FR163014, UND JATAÍ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72130", "18044")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72130", "TRATOR VALTRA BH 210I 4X4, ANO 2015, FR188929, SÉRIE V210409346, UND JATAÍ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>131.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72131", "18045")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72131", "TRATOR VALTRA BH 210I 4X4, ANO 2015, FR188938, SÉRIE V210408650, UND JATAÍ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>136.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72132", "18046")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72132", "TRATOR VALTRA BH 210I 4X4, ANO 2014, FR88149, SÉRIE AVTT2016KEM000517, UND JATAÍ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>142.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72782", "20000")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72782", "COLHEDORA J DEERE 3522 2L , ANO 2010, FR 32227, ( FUNCIONANDO) LOC. COSTA PINTO ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>34.250,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72828", "20001")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72828", "5 UND. NOBREAK GE LP33 20 KVA, 1,290 x 0,503 x 0,771 , SF , LOC. FARIA LIMA / SP ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72829", "20002")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72829", "1 UND. NOBREAK 80 KVA NXA EMERSON , 1,600 x 0,600 x 0,800, S/ PATRIMONIO, LOC. COSTA PINTO / CAR ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72148", "20225")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72148", " CARRETA ABRIGO FAB.PRÓPRIA, FR57136, UND COSTA PINTO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72811", "20261")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72811", "R/RANDONSP RQ CA 12,5M, ANO 2012/2012, FR139439, UND C PINTO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72812", "20269")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72812", "R/RANDONSP RQ CA 12,5M, ANO 2012/2012, FR139445, UND C PINTO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72147", "20321")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72147", " MOTONIVELADORA XCMG GR180, ANO 2013, FR50219, UND COSTA PINTO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72150", "20351")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72150", "ARADO CIVEMASA, FR57585, UND C. PINTO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72149", "20352")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72149", " CARRETINHA, FR57138, UND COSTA PINTO")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72760", "20373")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72760", "ESTABILIZADOR DE TENSÃO APICE  - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.550,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72156", "21192")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72156", " PA-CARREGADEIRA  CAT 950, ANO 2012, FR58512, UND COSTA PINTO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>147.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72784", "23000")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72784", "COLHEDORA J DEERE 3522 2L , ANO 2012, FR 32233, ( FUNCIONANDO) LOC. SÃO FRANCISCO ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>33.250,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72783", "23001")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72783", "COLHEDORA J DEERE 3522 2L , ANO 2010, FR 50144, ( FUNCIONANDO) LOC. SÃO FRANCISCO ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72155", "24341")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72155", " CARREGADEIRA MOTOCANA, ANO 1996, FR93216, UND BOM RETIRO")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72151", "24363")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72151", "COLHEDORA J DEERE  3520, ANO,,,, FR 163627, UND. B. RETIRO - não funciona")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72152", "24364")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72152", "COLHEDOR J.DEERE 3522, ANO....., FR23622, UND B.RETIRO - não funciona")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72153", "24365")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72153", "COLHEDOR J.DEERE 3520, ANO....., FR163624, UND B.RETIRO  - não funciona")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72154", "24371")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72154", "TRATOR NEW HOLLAND T7 245, ANO 2015, FR50939, SÉRIE HCC7245PECP21470, UND B.RETIRO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>119</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>