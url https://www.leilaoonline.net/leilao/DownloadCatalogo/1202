--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72205", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72205", "PEÇAS DIVERSAS DA USINA DE ASFALTO, KOMPAKT501- LOC. PORTO ALEGRE / RS ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>139.493,91</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72202", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72202", "CABINE DE OPERAÇÃO DE ROLO COMPACTADOR DE ASFALTO - LOC. PORTO ALEGRE/RS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>22.100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72198", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72198", "CONJUNTO COMPLETO SILO BIPARTIDO C/ PESAGEM PARA USINA DE ASFALTO- LOC. PORTO ALEGRE/ RS ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>28.705,12</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72199", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72199", "SILO DOSADOR DE FINOS /FILLER- LOC. PORTO ALEGRE/RS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>36.956,52</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72204", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72204", "EIXO TRASEIROS , ROLOS COMPACTADORES - LOC. ´PORTO ALEGRE /RS ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.869,57</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72201", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72201", "ESTRUTURA METALICA DOSADOR DE FILLER 1M3 PARA USINA DE ASFALTO, S/ SISTEMA ELETRICO,, MOEGA OU TRANS. SEM FIM - LOC. PORTO ALEGRE/RS .")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>11.692,69</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72196", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72196", "CONJUNTO COMPLETO SILO INDIVIDUAL 10M3 C/ PESAGEM PARA USINA DE ASFALTO - PORTO ALEGRE / RS ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>27.260,24</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72203", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72203", "ESTRUTURA METALICA DE ELEVADOR DE ARRASTE DE MASSA ASFALTICA - LOC. PORTO ALEGRE / RS ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.113,63</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72197", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72197", "CORREIA TRANSPORTADORA PARA USINA DE SOLOS/ ASFALTO - LOC. PORTO ALEGRE/RS ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...147 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10.388,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72661", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72661", "CILINDRO COMPACTADOR HD90 COM OSCILAÇÃO, LOC. PORTO ALEGRE/RS ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>47.671,45</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72662", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72662", "CONJUNTO PNEU C/ RODA 11.00.20 - LOC. PORTO ALEGRE/RS ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>10.913,36</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72663", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72663", "CONJUNTO TOLDO HD 90- LOC.PORTO ALEGRE/RS ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.902,20</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72664", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72664", "CABINE PARA ROLO COMPACTADOR HD90 SEM USO, COMPLETO DEVENDO SER FEITO  PELO COMPRADOR REVISÃO GERAL.- LOC.PORTO ALEGRE/RS ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>22.606,38</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>