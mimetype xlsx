--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72817", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72817", " Trator Esteira 700J-II Jhon Deere ANO / MOD:  2017/2017 PLACA TRA0257 CHASSI:  1T0700JJTHD319727 OBS:  O equipamento encontra-se em manutenção dos comandos finais, lado direito e esquerdo,  Horímetro: 4341,00 .   A máquina não possui ripper. Demais itens, todos originais.                           ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>380.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72816", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72816", " [ VÍDEOS ] Trator Esteira 700J-II Jhon Deere ANO / MOD:  2017/2017 PLACA TRA0256 CHASSI:  IT0700JJLHD319611 OBS: O equipamento encontra-se em operação, possuindo desgaste natural do material rodante. Horímetro: 4766.9. O equipamento não possui ripper. Demais itens, todos originais.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>380.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72819", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72819", "[ VÍDEO ] Trator Esteira D51 EX - 22 ANO / MOD:  2015/2015 PLACA TRA0226 CHASSI:  B14637 OBS:  O equipamento encontra-se em operação, não possui ripper, e demais itens, todos originais.          Horímetro: 5.944 h.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>310.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72815", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72815", "ENDEREÇO MODIFICADO:  TRÊS LAGOAS / MS - LANCES  ANTERIORES EXCLUIDOS -  Caminhão MBB L 1618, com bau oficina e carroceria de madeira ANO / MOD:  1992/1993 PLACA BWF2827 RENAVAM 608542865 CHASSI:  9BM386015NB950467 OBS:  Motor completo funcionando, Veículo equipado com baú oficina, DESCRI. ANEXO ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>55.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72820", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72820", "ENDEREÇO MODIFICADO:  TRÊS LAGOAS / MS - LANCES  ANTERIORES EXCLUIDOS  Caminhão FORD CARGO 1717 E, com Munck de  2,35 ton, e carroceria de ferro ANO / MOD:  2009/2010 PLACA EGN8451 RENAVAM 190739959 CHASSI:  9BFYCE6U4ABB46014 ,  DESCRIÇÃO/ OBS: ANEXO. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>