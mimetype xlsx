--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,1371 +269,1203 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7280", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7280", " JATEADORA DE AREIA JATOMAQ MODELO  RB 9070  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7275", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7275", " TORNO JOINVILLE J 25 COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7279", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7279", " EQUIPAMENTO PARA TIRA CAVACO COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7278", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7278", " FORNO PARA TEMPERAR PEÇAS  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7276", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7276", " LAVADOR DE GAS COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7277", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7277", " GELADEIRA INDUSTRIAL COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7285", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7285", " SUCATA DE PRENSA EXETRICA,OBS: ATENÇÃO VAI TER DE SER CORTADA COM MAÇARICO DENTRO DA EMPRESA, COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7286", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7286", " ASPIRADOR DE PÓ INDUSTRIAL COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7282", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7282", " COMPRESSOR COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7284", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7284", " MOTOR DE GELADEIRA  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7281", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7281", "  LOTE DE MOTORES ELETRICOS  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7283", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7283", " COMPRESSOR COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7287", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7287", " 4 UNIDADES DE FURADEIRAS DE BANCADAS (SOMENTE 2 C/ MOTOR) COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7288", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7288", " 3 UNIDADES DE TORNOS OBS: 1 IRAM , 1 LOMBARDI, 1 SEM MARCA DEFINIDA COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7291", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7291", " VENTUINHA DE SISTEMA DE COMBUSTÃO, MARCA JUNDIA COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7292", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7292", " UM PISTÃO PEQUENO HIDRALICO COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7294", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7294", " MAQUINA PARA USINAGEM FAZ ROSCA E FACEIA MARCA TRANSFER BALCARCE 506 V MARTELLI COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7289", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7289", " CONQUILHADEIRA  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7290", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7290", " TORNO ROMI CENTUR MODELO 30 R COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7293", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7293", " UMA BASE DE FERRO COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7295", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7295", " FRESA ROCCO 450 COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7296", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7296", " TORNO  AZUL COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7298", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7298", " TORNO  AZUL COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7299", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7299", " UMA MAQUINA DE VIBRAR COM PAINEL  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7301", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7301", " UMA MAQUINA DE VIBRAR COM PAINEL  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7297", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7297", " FORNO DE SECAGEM COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7300", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7300", " LIXADEIRA DE CORTE FERRARI COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7302", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7302", " FURADEIRA DE COLUNA COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7306", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7306", " BARRAS DE CHUMBO APROX 300 KILOS COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7307", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7307", "   PORCELANA DE VIBRO ACABAMENTO COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7303", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7303", " 1 UNIDADE DE OLEO COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7304", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7304", " 200 TONELADAS DE LODO GAVALNICO CONTEM EM SEU COMPOSTO COBRE, GROMO E NIQUEL, A VENDA  SERÁ PELO LOTE SENDO QUE O VALOR SERÁ DIVIDO POR KILO P/ CALCULO  CASO FALTE OU UTRAPASSE A PESSAGEM SERÁ FEITA ANTES DA RETIRADA NA BALANÇA DE EMPRESA VENDEDORA COMITENTE, NO CASO DE UTRAPASSAR OS QUILOS/TON O P")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7305", "038")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7305", " ALIMENTADOR NE NORMA MODELO RF 40 SERIE RL 64B, VOLT 220, VPM 3600, AMP 4. COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7308", "039")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7308", " 3 UNIDADE DE  CAVALETES DE FERRO (CODIGO PATIO A39, B39, C39) COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7309", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7309", " TORNO NARDINI ND 500 COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7310", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7310", " TANQUE COM 3 DIVISÕES COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7312", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7312", " PAINEL DE FORÇA COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7314", "043")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7314", " FIO DE COBRE COM CAPA APROX 300 KILOS  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7313", "044")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7313", " FIO DE COBRE SEM CAPA 500 KILOS COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7311", "045")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7311", " BARRAMENTO COBRE E FIO VERMELHO 300 KILOS COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7316", "059")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7316", "INJETORA MG 200/460, EM ÓTIMO ESTADO FUNCIONADO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...1214 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7317", "060")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7317", "INJETORA MG 200/460, EM ÓTIMO ESTADO FUNCIONADO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>