--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72885", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72885", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 128 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72882", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72882", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 313 - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72884", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72884", "veja o vídeo!!! ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 103 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>23.150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73389", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73389", "CAMINHÃO GM/CHEVROLET 60; 1980; BEGE; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72887", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72887", "I/VW; PASSAT VAR 2.0T FSI; 2008/2009; PRETA; GASOLINA; POSSUI 86.000KM- FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72883", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72883", "I BMW; X5 4.8 FE81; 2007/2007; PRETA; GASOLINA; 7 LUGARES - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72775", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72775", "FIAT; FIORINO 1.0; 1994/1994; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73326", "015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73326", "GM/CHEVROLET 11000 COM MUCK; MARCA GUINDAUTEC; 1985/1986; BRANCA; DIESEL; CAP: 2,5 TON. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73021", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73021", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL; MOTOR DESMONTADO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73022", "017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73022", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL; MOTOR DESMONTADO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73023", "018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73023", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL; MOTOR DESMONTADO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72888", "020")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72888", "VOLVO; NL10 340 4X2; 1993/1993; BRANCA; DIESEL - MUNCK 8TON. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>107.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73319", "021")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73319", "CHEVROLET/S10 LS DD2; 2012/2013; PRATA; DIESEL - FROTA 120")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73421", "022")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73421", "CAMINHÃO FORD F350 G; 2011; BRANCO; COM CESTO AÉREO - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73388", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73388", "I/PEUGEOT 207 HB XR; 2011/2012; PRETA; FLEX - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72886", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72886", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>8.100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72774", "205")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72774", "veja o vídeo!! I/MINI; COOPER S; 2009/2010; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>38.600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72776", "207")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72776", "veja o vídeo!! I/VW; JETTA VARIANT; 2009/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>21.800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72777", "213")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72777", "veja o vídeo!! I; LEXUS LS 400 V8; 1998/1998; PRETO; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72778", "229")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72778", "FORD; WILLIAM COURIER AMB; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>13.650,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72879", "240")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72879", "CAMINHÃO FORD/F4000 G, 2003/2004, COR PRATA, COMBUS. DIESEL, SEM MOTOR - FROTA 431")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72880", "241")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72880", "CAMINHÃO FORD/F4000 G, 2003/2004, COR BRANCA, COMBUS. DIESEL, NÃO FUNCIONA - FROTA 190 ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72881", "242")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72881", "CAMINHÃO FORD/CARGO 1722 E, 2009/2010, COR BRANCA, COMBUS. DIESEL, NÃO FUNCIONA - FROTA 930 ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72781", "251")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72781", "FIAT/ WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. FROTA 190 - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>23.700,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...42 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72890", "252")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72890", "FIAT/PALIO WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. - FROTA 990")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...606 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73325", "262")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73325", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL.- FROTA 520")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>18.600,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>