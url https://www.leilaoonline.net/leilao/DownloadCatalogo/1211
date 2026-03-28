--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72825", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72825", " Caminhão Mec. Operacional Mercedes-Benz L 2635 6x4; Ano: 1996/1996; Cor: Branca; Placa: KCL1E91; Chassi: 9BM388364TB090804; Com Guindaste de 30 TON. Estado: Funcionando RENAVAM 658445871")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72821", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72821", " Trator de Pneus Case Maxxum 125, Ano 2009; Referencia: 5064; Serie: BCL25C00042; Chassi: Z8BE22826MXM125; Estado: Não testado")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72824", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72824", " Trator de Pneus Case MXM180, Ano 2010; Referencia: 5001; Chassi: 28CD33010; Estado: Não testado")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72822", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72822", " Trator de Pneus Case MXM150, Ano 2009; Referencia: 5011; Chassi: 28CD35424; Estado: Não testado")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72827", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72827", " Trator de Pneus Case MXM150, Ano 2009; Referencia: 5007; Serie: MX50C400382; Chassi: Z8CD34557; Estado: Não testado")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72823", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72823", " Trator de Pneus Case MXM180, Ano 2010; Referencia: 80; Chassi: ZACD66764; Estado: Não testado")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72826", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72826", " Carrinho Roll On Irrigação com mangueira; Sem motor; Referencia: 136")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72891", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72891", "LOTE COM SUCATA DE 10 RADIADORES PARA COLHEDORAS DE CANA, no estado. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72892", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72892", "SUCATA DE 10 CUBOS REDUTORES JOHN DEERE , no estado. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72893", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72893", "BOMBA DE TRANSMISSÃO COM CAIXA DE 4 FUROS COLHEDORA DE CANA CAMECO, no estado. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72894", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72894", "lote com  3 TANQUES DE ÓLEO DIESEL P/ COLHEDORA JOHN DEERE, no estado. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72895", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72895", "CARCAÇA DIFERENCIAL MERCEDES BENZ, no estado. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73320", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73320", "MOTOR A DIESEL IVECO CURSOR 9 COM CAIXA DE 4 FUROS E BOMBAS DE TRANSMISSÃO; OBS.: MOTOR ESTAVA APLICADO NA COLHEDORA DE CANA CASE; Estado: Podendo faltar partes e componentes. No estado. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73321", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73321", "MOTOR A DIESEL JOHN DEERE 9LTS COM CAIXA DE 4 FUROS E BOMBAS DE TRANSMISSÃO; OBS.: MOTOR ESTAVA APLICADO NA COLHEDORA DE CANA JOHN DEERE 3520; Estado: Podendo faltar partes e componentes. no estado. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73322", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73322", "LOTE COM APROX. 6.500 KG DE FILME LISO 1.120x70 – Enfardado - PREÇO POR LOTE. NO ESTADO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74073", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74073", "Lote com :  22 CABINES DIVERSAS PARA COLHEDORAS DE CANA (MARCAS: SANTAL, JOHN DEERE E CASE); Estado: Podendo faltar partes e componentes. no estado. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74074", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74074", "lote com:  4 TRUCK DE ESTEIRA JOHN DEERE 3520;Estado: Podendo faltar partes e componentes. no estado. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...25 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74075", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74075", "Caminhão Mec. Operacional GM/Crevrolet 12000; Com munck de 5 toneladas; Ano: 1988/1989; Cor: Bege; Placa: IBV-8537; Renavam: 583044832; Chassi: 9BG683NXKJC005705. no estado. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75128", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75128", "Roll On Irrigação com mangueira, sem motor Referencia: 8903117 Podendo faltar peças e componentes. NO ESTADO. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...15 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75129", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75129", "Roll On Irrigação com mangueira Irrigabrasil, sem motor Podendo faltar peças e componentes. NO ESTADO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...228 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75130", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75130", "CARROCERIA COMBOIO BORRACHEIRO GASCOM Podendo faltar peças e componentes. NO ESTADO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>