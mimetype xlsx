--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73024", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73024", " PAINEL SAMSUNG COLOR DISPLAY UNIT MODELO IF025IFHB")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73031", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73031", " Lote com: 48 uni. HDS DIVERSOS DE 500GB PARA DESKTOP E NOTEBOOK - DIVERSOS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73029", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73029", " Lote com: 30 uni. TERMOMETROS DE GATILHO DIVERSOS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73044", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73044", " Lote com: 12 uni. GAVETAS DE DINHEIRO GERBO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73038", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73038", " Lote com: 20 uni. PLACA PRINCIPAL ALL IN ONE POSITIVO MODELO U1500 I5 E I3")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73030", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73030", " Lote com: 50 uni. MONITORES LCD DIVERSOS 15,16,17,18"")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73040", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73040", " Lote com:  7uni.  FILTROS BOMBA DIVERSOS E 1 uni. FILTRO BOMBA VEICO DE 0,5 HP")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73034", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73034", " GPS SONAR RAYMARINE E120")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73027", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73027", " Lote com: 9 uni. DUCHAS DIVERSAS NOVAS LORENZETTI/CORONA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73036", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73036", " Lote com: 6 uni. Impressoras , 20 uni. Leitor de código, 3 uni. Leitores de mesa, 5 uni. Busca preço.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73041", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73041", " Lote com: 12 uni. IMPRESSORAS EPSON WP 4592 E WP 4092")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73043", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73043", " IMPRESSORAS LEXMARK CX410DE")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73025", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73025", " Lote com: 4 uni. AMERICAN DYNAMICS MODELO ADTT16E Para Câmeras")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73032", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73032", " OCILOSCÓPIO PITEK OS 605")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73042", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73042", " Lote com: 5 uni. ESTAÇÃO DE SOLDA DIVERSAS ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73033", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73033", " SISTEMA DE ASPERCION AVIGA  36 DC SERIES MIATECH")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73039", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73039", " Lote com: 5 uni. MINI CPUS HP e 2 uni. MINI CPUS SUPERA THINAGE")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73035", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73035", " Lote com: 80 Hds de 160, 250 e 320")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73026", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73026", " Lote com: 30 uni. monitores de 15" - funcionando")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73037", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73037", " Lote com: 10 uni. de Auxiliador de Partida Black Decker")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73028", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73028", " Lote com: 4 Uni. monitores AOC Led Widescreen 15,6 modelo E1670SWU  - funcionando")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73323", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73323", "Lote com: 9 Uni. CÂMERAS DE FILMAGEM RETRÔ ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73425", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73425", "Lote com: 50 uni. fonte de notebook - diversas")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73426", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73426", "Lote com:  1uni.  Dell switch poweredge 180AS , 6 uni. fontes redundantes Dell power connect RPS 600 e RPS 720")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73506", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73506", "Plotter HP design jet 800")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...574 lines deleted...]
-      </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74602", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74602", "Lote com: 95 uni. Carregadores para MacBook - diversos")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>