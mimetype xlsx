--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72943", "3000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72943", "REBOQUE 4E RANDON 12,5 M, ANO 2010/2010, FR 96779 , SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72944", "3001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72944", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 96221,  SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72897", "3002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72897", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 96711, SEM RODAS E S/ PNEUS, LOC BARRA ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72896", "3003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72896", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 96242, SEM RODAS E SEM PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72903", "3004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72903", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 96220, SEM RODAS E SEM PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72904", "3005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72904", "REBOQUE CP 4 EIXOS, 12,50 M, ANO 2010/2010, FR 96741, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72899", "3006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72899", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 96218, SEM RODAS E S/ PNEUS- LOC. BARRA ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72900", "3007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72900", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 96717, SEM RODAS E S/ PNEUS - LOC BARRA ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72912", "3009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72912", "REBOQUE CP 4 EIXOS, 12,50 M, ANO 2010/2010, FR 96712, SEM RODAS E S/ PNEUS- LOC. BARRA ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72919", "3010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72919", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 91194, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72950", "3016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72950", "REBOQUE 4E RANDON 12,5 M, ANO 2011/2011, FR 96830, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72949", "3017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72949", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008 FR 96240, SEM RODAS E S/ PNEUS- LOC. BARRA ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72930", "3018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72930", "REBOQUE 4E RANDON 12,5 M, ANO 2010/2010, FR 96788, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72929", "3019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72929", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 88631, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72934", "3020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72934", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 88645, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72916", "3021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72916", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 96757,  SEM RODAS E S/ PNEUS- LOC BARRA ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72915", "3022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72915", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 91192, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72939", "3023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72939", "REBOQUE 4E RANDON 12,5 M, ANO 2010/2010, FR 82626, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72940", "3024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72940", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 88643, SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72901", "3025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72901", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 96727, SEM RODAS E S/ PNEUS-  LOC BARRA ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72946", "3026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72946", "SEMI REBOQUE RANDON 11,80 M, ANO 2007/2007, FR 121392, SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72945", "3027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72945", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 70358, , SEM RODAS E S/ PNEUS, LOC BARRA ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72902", "3030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72902", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 96230, SEM RODAS E SEM PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72932", "3035")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72932", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 96722, SEM RODAS E S/ PNEUS, LOC BARRA ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72931", "3036")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72931", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 88636, SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72914", "3037")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72914", "REBOQUE CP 4 EIXOS, 12,50M, ANO 2010/2010, FR 96752, SEM RODAS E S/PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72913", "3038")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72913", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 91191, SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72908", "3039")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72908", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 96724, SEM RODAS E S/ PNEUS - LOC BARRA ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72907", "3040")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72907", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 91190, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72928", "3041")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72928", "SEMI REBOQUE RANDON 12,50 M, ANO 2010/2010, FR 88629,  SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72917", "3042")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72917", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 96718, SEM RODAS E S/ PNEUS - LOC BARRA ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72924", "3043")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72924", "SEMI REBOQUE RANDON 11,80 M, ANO 2007/2007, FR 121406, SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72911", "3044")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72911", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 96709, SEM RODAS E S/ PNEUS- LOC BARRA ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72921", "3045")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72921", "REBOQUE CP 4 EIXOS, 12,5 M , ANO 2010/2010, FR 46879 , SEM RODAS E S/ PNEUS- LOC BARRA ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72920", "3046")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72920", "SEMI REBOQUE RANDON 11,80 M, ANO 2007/2007, FR 121398, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72960", "3047")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72960", "SEMI REBOQUE RANDON 11,80 M, ANO 2007/2007, FR 121395, SEM RODAS E S/ PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72927", "3052")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72927", "SEMI REBOQUE RANDON 11,80 M, ANO 2007/2007, FR 121399, SEM RODAS E S/ PNEUS- LOC. BARRA ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72936", "3053")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72936", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 96755, SEM RODAS E S/ PNEUS, LOC BARRA ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72937", "3054")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72937", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 96219, SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74348", "3056")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74348", "APROX. 130 PNEUS USADOS , TAMANHOS DIVERSOS - VEJA DESCRITIVO DE ITENS, LOC. BARRA BONITA / SP ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72933", "3191")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72933", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 88634, SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74944", "3196")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74944", "REBOQUE CP 4 EIXOS 12,50 M , ANO 2010/2010, FR 70364- SEM RODAS E PNEUS  - LOC. BARRA ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72962", "3197")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72962", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2012/2012 FR 121531, SEM RODAS E S/ PNEUS-  LOC BARRA ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72961", "3198")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72961", "SEMI REBOQUE RANDON 12,50 M, ANO 2008/2008, FR 88635, SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74945", "3199")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74945", "REBOQUE CP 4 Eixo 12,50 M, ANO 2012/2012, FR 82694, SEM RODAS E PNEUS - LOC. BARRA ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72935", "3202")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72935", "SEMI REBOQUE RANDON 12,50 M , ANO 2008/2008  FR 88632 , SEM RODAS E S/ PNEUS - LOC. BARRA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72938", "3203")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72938", "REBOQUE CP 4 EIXOS, 12,50 M , ANO 2010/2010, FR 96749, SEM RODAS E S/ PNEUS, LOC BARRA ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75073", "21250")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75073", "REBOQUE 4 E SERGOMEL 12,50 M  TOMBO DIREITO, ANO 2014/2014 , FR 17236 - VENDA SEM RODAS E S/ PNEUS- LOC. RAFARD")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75075", "21251")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75075", "SEMI REBOQUE SERGOMEL TD 12,50M TOMBO DIREITO, ANO 2014/ 2014, FR 17226,  VENDA SEM RODAS E S/ PNEUS - LOC. RAFARD")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>