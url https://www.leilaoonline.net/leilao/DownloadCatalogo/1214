--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,3931 +269,3443 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75322", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75322", "Veja Vídeo: Cb 400 1981 (única com essa carenagem) - Relíquia")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73862", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73862", " peugeot 408 allure 2.0 2011/2012 (docs pagos) - Veja vídeo")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73859", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73859", " 2 uni. Thermopulse ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73858", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73858", " Eletrônicos diversos")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73860", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73860", " Cabureteira antiga - funcionando ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73861", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73861", " Aparelhos para senha ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73863", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73863", " Lote com: 6 uni. Balanças e 1 uni. Luminária ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73864", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73864", " 5 uni. Tambores antigos 200L - bom estado")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73865", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73865", " Ap. som Sony funciona FM,CD (bom estado)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73866", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73866", "Lote com: 28 monitores e 10 cpus ( com avarias ) ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73867", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73867", "Lote com: 3 prateleiras alumínio e vidro com corrediças - 2,00x73x56")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73868", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73868", " Piscina 3.20 x 1.50 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74208", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74208", " Lote com: 2 poltronas em couro legítimo")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74159", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74159", " Poltrona corino luxo")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74168", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74168", " Poltrona Stopa Luxo")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74166", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74166", " Maquina de café e derivados (funcionando)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74154", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74154", " Lote com: 3 abajures estilo americanos")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74167", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74167", " Lote com:  2 abajures estilo americanos")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74156", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74156", " Lote com: 2 abajures estilo americanos")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74157", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74157", " Lote com: 4 auto rádios")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74164", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74164", " Tv 32 (funcionando)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74158", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74158", " Balança toledo (funcionando)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74173", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74173", " Balança balmak (funcionando)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74170", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74170", " Lote com: 6 cadeiras ilha novas na caixa desmontadas")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74169", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74169", " Lote com: 6 cadeiras ilha novas montadas")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74163", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74163", " Geladeira electrolux - (não liga) ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74165", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74165", " System sony (funcionando)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74161", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74161", " System sony - (Funciona caixas divergentes)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74172", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74172", " Lote com: 2 aparelhos de som ( não liga)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74180", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74180", " Torre de Som - Sony - Funcionando")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74178", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74178", " System sony (funcionando)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74182", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74182", " Torre de som sony ( funcionando)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74162", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74162", " Lote com: 2 condensadores")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74155", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74155", " Lote com: 2 condensadores Philco")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74171", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74171", " Lote com: 2 condensadores")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74160", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74160", " Lote com: 2 condensadores")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74175", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74175", " Lote com: 2 condensadores")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74176", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74176", " Lote com: 2 condensadores")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74179", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74179", " Condensador e split")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74174", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74174", " Lote com: 3 Splits Samsung")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74177", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74177", " Lote com: 4 Splits")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74181", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74181", " Condensador ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74187", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74187", " Lote com: 2 notebooks 4gb 500hd (1 carregador)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74183", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74183", " Lote com: 2 notebooks 4gb 500 hd (1carregador)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74186", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74186", " Noteboook 4gb 500hd 2x1 touch-screen")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74185", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74185", " Noteboook 4gb 500hd 2x1 touch-screen")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74184", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74184", " Lote com: 2 notebooks i5 4gb 128ssd 2x1 touch-screen")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74189", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74189", " Notebook HP i3 4gb 128ssd")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74188", "048")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74188", " Notebook i5 4gb 128 ssd (s/formatação)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74197", "049")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74197", " Lote com: 2 notebooks i5 ( Sem Teste)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74192", "050")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74192", " Lote com: 6 uni. notebook i5 e 1 uni. samsung (não liga - falta peças)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74190", "051")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74190", " Lote com: 4 uni. Notebook i3 ( Não liga - Falta peças)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74194", "052")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74194", " Lote com: 4 uni. Notebook i3 ( Não liga - Falta peças)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74191", "053")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74191", " Lote com: 2 notebooks sendo 1 uni. i3 6gb 320hd e 1 uni.  i3 2gb 80hd")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74195", "054")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74195", " Notebook i5 8gb 240 ssd (sem formatação)")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74193", "055")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74193", " Notebook i5 8gb ssd 240 (não liga)")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74196", "056")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74196", " Notebook i5 8gb 1TB")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74199", "057")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74199", " Notebook i5 4gb 128 ssd 2x1 touch-screen")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74198", "058")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74198", " Notebook i5 4gb 128 ssd 2x1 touch-screen")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74201", "059")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74201", " Notebook i5 4gb 128 ssd 2x1 touch-screen")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74200", "060")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74200", " Notebook  i5 8GB 240 ssd 4°G")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74202", "061")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74202", " Notebook i5 8gb 1TB HD")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74203", "062")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74203", " Notebook i3 4gb 1TB")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74204", "063")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74204", " Notebook i5 4gb 128 ssd 2x1 touch-screen")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74205", "064")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74205", " Notebook i5 4gb 128 ssd 2x1 touch-screen")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74209", "065")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74209", " Notebook i5 8gb 500hd")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74210", "066")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74210", " Notebook i5 8gb 128 ssd")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74207", "067")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74207", " Notebook i7 8gb 1TB 2gb video")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74206", "068")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74206", " Notebook  i7 8gb 1TB")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74926", "069")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74926", "Lote com: 2 notes 4gb 500hd (funcionando)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74927", "070")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74927", "Notebook 4gb 500hd (funcionando)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74928", "071")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74928", "Notebook i7 8gb Sem carregador, sem HD, Tela danificada")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74929", "072")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74929", "Notebook i5 8gb 1TB - Sem Carregador, tela danificada")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74930", "073")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74930", "Notebook i5 8gb 500HD - Sem carregador - tela danificada")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74931", "074")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74931", "Notebook i3 4gb 500hd - Sem Carregador - tela danificada")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74932", "075")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74932", "Notebook i5 4gb 500hd - Sem Carregador - Não liga")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74933", "076")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74933", "Lote com: 2uni. notebooks i5 4gb 500hd - Sem carregador - tela danificada")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74949", "077")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74949", "Notebook i5 Dell 1TB- Sem Memória Ram - tela danificada")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74950", "078")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74950", "Notebook i5 Dell - 4GB Ram - 1 TB HD - tela danificada")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74951", "079")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74951", "Notebook i5 lenovo 4GB Ram 1TBHD - Sem carregador - Não liga")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75321", "079")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75321", "Notebook 8gb 1TB (sem carregador - sem teste)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74615", "080")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74615", " Lote com: 3 CPU's Completas")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74625", "081")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74625", " Lote com: 2 uni.: cpu i3 2gb 500hd  (funcionando)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74612", "082")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74612", " Lote com: 2 uni. Sendo: cpu i3 6gb 500HD E 3Gb 500HD (funcionando)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74622", "083")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74622", " Lote com: 1 uni. cpu i3 6gb 500hd e 1 uni. i3 5gb 250HD(funcionando)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74623", "084")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74623", " Lote com: 2uni CPU. Sendo:  i3 4gb 500hd e 750hd (funcionando)")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74624", "085")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74624", " Lote com: 2Uni. CPU. Sendo: 4gb 320hd e 6gb 320hd (funcionando)")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74626", "086")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74626", " Lote com: 4uni. monitores 17 (funcionando)")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74620", "087")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74620", " Lote com: 4uni. monitores 17 (funcionando)")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74627", "088")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74627", " Lote com: 4uni. monitores 17 (funcionando)")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75196", "089")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75196", "Notebook dell i3 4gb 500hd")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E101" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74952", "090")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74952", "Lote com: 1 uni. No break e 3 uni. monitores 20 Pol. - funcionando")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74621", "091")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74621", " Cpu i5 8gb 1TB HD (funcionando)")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75470", "091")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75470", "Lote com: 2uni. Projetores e 1 uni. maleta - Não funciona")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74610", "092")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74610", " Lote com: 2 Bebedouros")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74619", "093")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74619", " Lote com:bebedouros condicionador e motores ( Sucata)")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74609", "094")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74609", " Painel de ferramentas 1.20m")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74607", "095")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74607", " Compressor 110/220 (funcionando)")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74616", "096")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74616", " Garfos de empilhadeira (par)")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74618", "097")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74618", " Garfos de empilhadeira (par)")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74617", "098")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74617", " Lote com: 4 uni. 4 microondas Panasonic")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74608", "099")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74608", " Lote com: 8 uni. lixeiras de fibra 50 litros")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74613", "100")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74613", " Lote com: 12uni.  lixeiras de fibra 50 litros")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74611", "101")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74611", " Pecas para mesas prateleiras - aprox. 3 ton e 40m de mangueira")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74953", "102")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74953", "Lote com: 2 freezer 110v - funcionando")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74954", "103")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74954", "Freezer vertical 400L funcionando 110v")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74955", "104")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74955", "Lote com: 2uni.  poltrona BRNO corino")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74956", "105")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74956", "Lote com: 2 uni. poltrona BRNO corino")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74957", "106")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74957", "Lote com: 2uni. poltrona BRNO corino")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74958", "107")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74958", "Lote com: 2 uni. poltrona BRNO corino")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74959", "108")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74959", "Estante Artely Coliseu ( em 2 caixas - Sem uso) ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74960", "109")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74960", "Estante Artely Coliseu ( em 2 caixas - Sem uso) ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74961", "110")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74961", "Estante Artely Coliseu ( em 2 caixas - Sem uso) ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74963", "111")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74963", "Cadeira Gamer - Sem uso")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74964", "112")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74964", "Cadeira Gamer - Sem uso")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74982", "113")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74982", "Poltrona Politorno - Sem Uso - Corino")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74984", "114")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74984", "Poltrona Politorno - Sem uso - Corino")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74987", "115")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74987", "Poltrona Politorno - Sem Uso - Corino")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75195", "116")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75195", "Seladora Isamaq")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75323", "117")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75323", "Lote com: 2 Pneus 225/35/20")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D23" s="4" t="inlineStr">
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75324", "118")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75324", "Lote com: 2 Pneus 235/50/18")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...511 lines deleted...]
-      <c r="E39" s="5" t="inlineStr">
+      <c r="E131" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F39" s="4" t="inlineStr">
-[...2942 lines deleted...]
-      </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75337", "119")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75337", "Condicionador e Split - Samsung ")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>