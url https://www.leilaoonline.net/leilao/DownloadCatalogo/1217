--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1179 +269,1035 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72968", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72968", " Diferencial e Tander de: XCMG e SHANTUI com correntes e pinças de freio. Equipamentos Chineses. No estado que se encontra .")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72989", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72989", " Cilindros hidráulicos diversos , caterpillar , Hyundai , sany, Xcmg. Aprox. 28 pçs.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72972", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72972", " Buchas diversas (sem uso) para equipamentos diversos: HYUNDAI, XCMG, SHANTUI, KOMATSU, CATERPILLAR, etc. No estado que se encontra.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72970", "018")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72970", " Impressora alys 30 , plotter desativada. No estado que se encontra.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72971", "037")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72971", " Compressor para ar condicionado de ônibus , termo King, ingesol, com alternador e base. No estado que se encontra.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72969", "042")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72969", " Reparos,peças,retentores,gaxetas de caminhões e máquinas diversos,Fechaduras,tampas de escavadeiras e trincôs de portas,trava da  porta da escavadeira.No estado que se encontra.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72973", "049")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72973", " Parafusos,arruelas,porcas,graxeiros diversas medidas.No estado que se encontra.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72975", "050")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72975", " Parafusos,porcas diversos,No estado que se encontra.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72974", "051")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72974", " Parafusos,porcas,travas,arruelas,prisioneiros.No estado que se encontra.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72976", "056")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72976", " Roldanas,buchas,celeron,Equipamento ZM 800.No estado que se encontra.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72978", "062")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72978", " Molas de suspensão.No estado que se encontra.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72977", "071")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72977", " Filtros diversos para máquinas: CATERPILLAR, HYUNDAI, XCMG, SHANTUI, escavadeiras diversas. No estado que se encontra.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72982", "080")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72982", " Círculo e buldozer da motoniveladora SANY 190. No estado que se encontra.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72979", "081")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72979", " Eixo dianteiro motoniveladora SANY,190,suporte do círculo,tander do lado direito completo,escarificador completo.No estado que se encontra.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72980", "085")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72980", " Acumuladores de GR 180 XCMG.No estado que se encontra.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...84 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72981", "086")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72981", " Cabine 966c  CATERPILLAR . No estado que se encontra.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72984", "087")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72984", " Transmissão CAT para máquina 930 71H. No estado que se encontra.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72985", "088")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72985", " Transmissão para 930 T , no estado que se encontra.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72987", "089")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72987", " Transmissão para 966R , transmissão canadense , no estado que se encontra.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72994", "090")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72994", " Semi eixos: caminhões e barras direcionais para motonilevadoras. No estado que se encontra.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72988", "091")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72988", " Comandos finais para escavadeiras Hyundai 210 , no estado que se encontra.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72990", "093")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72990", " Transmissão modelo ZF , para equipamentos chineses:  XCMG, SHANTUI, XCMA, DINAPAC. No estado que se encontra.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72986", "094")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72986", " Bombas , válvulas, pedais de escavadeira Hyundai e pá mecânica para Hyundai e máquinas de desmanche. No estado que se encontra.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72991", "096")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72991", " Comando final e diferencial de pá mecânica chinesa , W50L. No estado em que se encontra.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...144 lines deleted...]
-      <c r="C22" s="4" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72983", "097")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72983", " Reservatório para caminhões volkswagem e Mercedes , no estado que se encontra.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72993", "098")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72993", " Boias de tanque para caminhões volkswagem , Mercedes , volvo , no estado que se encontra.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72992", "100")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72992", " Volantes de motores Cummins, no estado que se encontra.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72995", "102")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72995", "Pá Carregadeira mecânica CATERPILLAR 950G, sem motor , possui transmissão , componentes hidráulicos e elétricos , trem de força completo")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D22" s="4" t="inlineStr">
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...510 lines deleted...]
-      </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72996", "103")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72996", " Pá Carregadeira mecânica CATERPILLAR. Mod. 950F")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72997", "105")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72997", "Escavadeira Volvo 240B LC. Parou funcionando. Necessita de baterias, óleos e filtros. Ano 2006/2007")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72998", "106")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72998", " Escavadeira volvo 240B LC. Parou funcionando. Necessita reparo nas unidades injetoras, falta concha. Ano 2006.")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72999", "107")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/72999", "Reboque rodoviário. Ano 1978. Trio elétrico ou loja ambulante. Cap. 25 t. Sem pneus.")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75385", "108")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75385", "Mini carregadeira New Holland. Faltando peças e componentes.")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75386", "109")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75386", "Retroescavadeira New Holland. Ano 2011.")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75387", "110")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75387", "[ VÍDEO ] Escavadeira hidráulica New Holland E215 B . Ano 2010. Operacional.")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75388", "111")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75388", "Motoniveladora Caterpillar. Mod. 140H. Ano 2006")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>