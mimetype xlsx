--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7726", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7726", "CAMINHÃO FORD CARGO 2842  AT TRACTOR CAB EST, ANO 2014, PLACA FINAL 163,OBS: SEM ESTEPE E BATERIA, COM AVARIAS NA LATA, MECANICA SEM TESTE, LOCALIZAÇÃO PARA  VISITAÇÃO E RETIRADA, SÃO PAULO-SP")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7729", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7729", "CAMINHÃO TRATOR  MB MODELO 2546 LS , ANO/MOD 14/14 NÃO CONSTA SINISTRO, PLACA FINAL 656")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>87.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7743", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7743", " KOMBI FURGÃO ANO 2008 MOD 2009, PLACA FINAL 573 VEÍCULO BATIDO COM AVARIAS, VISITAÇÃO E RETIRADA SÃO PAULO SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7728", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7728", "CAMINHÃO CARGO TOCO, MODELO 1418 CARROCERIA ANO/MOD 88/88, EM ÓTIMO ESTADO FUNCIONADO, PLACA: FINAL 391")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>26.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7732", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7732", " CAMINHÃO M. BENZ 1723, ANO/MOD 98/99 CAVALO MECANICO, PLACA FINAL 20, FUNCIONANDO LOCALIZAÇÃO SÃO PAULO ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7733", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7733", "CAMINHONET CAB DUPLA MMC  4X4 GL 02/03, COMB DIESEL, FUNCIONADO, PLACA FINAL 18, IPVA 2017 PAGO, SEM DEBITOS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>17.900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7731", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7731", "CAMINHÃO VOLVO VM 330 4X2 , ANO E MOD 2012, PLACA FINAL 486, FUNCIONANDO OBS SEM ESTEPE SEM BATERIA E FALTA DOIS PNEUS NA TRASEIRA, LOCALIZAÇÃO SÃO PAULO- SP")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7741", "016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7741", "MOTO HONDA CG150 FAN ESDI, ANO/MOD 14/14 COMB FLEX, PLACA FINAL 93")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7740", "017")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7740", " MICRO ÔNIBUS, ANO 1976 MOD 1977, PLACA FINAL 98, OBS: FUNCIONADO MAS  RUIM DE FREIO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...115 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...57 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7742", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7742", "MOTO HONDA CG150 FAN ESDI, ANO/MOD 12/12 COMB FLEX, PLACA FINAL 99")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7745", "023")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7745", " Bicicleta Triciclo Elétrico Bau, Dream Bike Elektra, Funcionando, no estado.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7744", "025")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7744", " Bicicleta Triciclo Elétrico Bau, Dream Bike Elektra, funcionando, no estado.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7825", "044")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7825", " PALIO WEEKEND ATTRACTIVE 1.4, ANO 14/15, COMPLETA MENOS AR, COM DH, ABS VIDROS ELETRICO E TRAVAS FUNCIONANDO, PLACA FINAL 11")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>20.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7824", "045")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7824", " PALIO WEEKEND ATTRACTIVE 1.4, ANO 14/15, COMPLETA MENOS AR, COM DH, ABS VIDROS ELETRICO E TRAVAS FUNCIONANDO, PLACA FINAL 6622")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>20.400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7827", "047")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7827", " PALIO WEEKEND ATTRACTIVE 1.4, ANO 14/15, COMPLETA MENOS AR, COM DH, ABS VIDROS ELETRICO E TRAVAS FUNCIONANDO, PLACA FINAL 11")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>18.900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...190 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7730", "050")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7730", "CAMINHÃO VOLVO VM 330  4X2 , ANO E MOD 2012, PLACA FINAL 466, FUNCIONANDO, OBS SEM ESTEPE SEM BATERIA E FALTA DOIS PNEUS NA TRASEIRA,  LOCALIZAÇÃO SÃO PAULO- SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>